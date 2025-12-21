--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -123,52 +123,52 @@
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:T7" headerRowCount="1">
-  <autoFilter ref="A1:T7"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:T6" headerRowCount="1">
+  <autoFilter ref="A1:T6"/>
   <tableColumns count="20">
     <tableColumn id="1" name="Countries"/>
     <tableColumn id="2" name="Facility name"/>
     <tableColumn id="3" name="Facility type"/>
     <tableColumn id="4" name="Hosting institutions"/>
     <tableColumn id="5" name="Latitude"/>
     <tableColumn id="6" name="Longitude"/>
     <tableColumn id="7" name="Altitude"/>
     <tableColumn id="8" name="Facility PI name"/>
     <tableColumn id="9" name="Facility PI ORCID ID"/>
     <tableColumn id="10" name="PI deputy name"/>
     <tableColumn id="11" name="PI deputy ORCID ID"/>
     <tableColumn id="12" name="Aerosol in situ measurements"/>
     <tableColumn id="13" name="Cloud in situ measurements"/>
     <tableColumn id="14" name="Reactive Trace Gases in situ measurements"/>
     <tableColumn id="15" name="Aerosol Remote Sensing"/>
     <tableColumn id="16" name="Cloud Remote Sensing"/>
     <tableColumn id="17" name="Reactive Trace Gases Remote Sensing"/>
     <tableColumn id="18" name="Atmospheric Simulation Chamber"/>
     <tableColumn id="19" name="Mobile Platform"/>
     <tableColumn id="20" name="Physical/Remote Access"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="1"/>
 </table>
 </file>
@@ -443,51 +443,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId1"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:T8"/>
+  <dimension ref="A1:T7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Countries</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Facility name</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Facility type</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -598,131 +598,131 @@
       </c>
       <c r="E2" t="n">
         <v>60.086</v>
       </c>
       <c r="F2" t="n">
         <v>17.481</v>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Salomon Eliasson</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>0000-0002-1391-961X</t>
         </is>
       </c>
       <c r="J2" t="inlineStr"/>
       <c r="K2" t="inlineStr"/>
       <c r="L2" t="inlineStr"/>
       <c r="M2" t="inlineStr"/>
       <c r="N2" t="inlineStr"/>
       <c r="O2" t="inlineStr"/>
       <c r="P2" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2023 (SE)</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr"/>
       <c r="R2" t="inlineStr"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Planned (SE)</t>
         </is>
       </c>
       <c r="T2" t="inlineStr">
         <is>
-          <t>Labelling opened (SE)</t>
+          <t>Planned (SE)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Sweden</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Gothenburg Explorative Platform for In-situ Chemical characterization (GO:EPIC)</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Mobile platform</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>University of Gothenburg</t>
         </is>
       </c>
       <c r="E3" t="n">
         <v>57.686</v>
       </c>
       <c r="F3" t="n">
         <v>11.961</v>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>Mattias Hallquist</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
           <t>0000-0001-5691-1231</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>Erik Thomson</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2023 (SE)</t>
         </is>
       </c>
       <c r="M3" t="inlineStr"/>
       <c r="N3" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2023 (SE)</t>
         </is>
       </c>
       <c r="O3" t="inlineStr"/>
       <c r="P3" t="inlineStr"/>
       <c r="Q3" t="inlineStr"/>
       <c r="R3" t="inlineStr"/>
       <c r="S3" t="inlineStr">
         <is>
           <t>Planned (SE)</t>
         </is>
       </c>
       <c r="T3" t="inlineStr">
         <is>
-          <t>Labelling opened (SE)</t>
+          <t>Planned (SE)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Sweden</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Hyltemossa</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Lund University</t>
         </is>
       </c>
       <c r="E4" t="n">
@@ -735,51 +735,51 @@
         <v>110</v>
       </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>Erik Ahlberg</t>
         </is>
       </c>
       <c r="J4" t="inlineStr">
         <is>
           <t>Adam Kristensson</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
           <t>0000-0002-0443-0564</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
           <t>Submitted in July 2024</t>
         </is>
       </c>
       <c r="M4" t="inlineStr"/>
       <c r="N4" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2023 (SE)</t>
         </is>
       </c>
       <c r="O4" t="inlineStr"/>
       <c r="P4" t="inlineStr"/>
       <c r="Q4" t="inlineStr"/>
       <c r="R4" t="inlineStr"/>
       <c r="S4" t="inlineStr"/>
       <c r="T4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Sweden</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Norunda</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
@@ -789,108 +789,108 @@
         </is>
       </c>
       <c r="E5" t="n">
         <v>60.083</v>
       </c>
       <c r="F5" t="n">
         <v>17.483</v>
       </c>
       <c r="G5" t="n">
         <v>46</v>
       </c>
       <c r="H5" t="inlineStr">
         <is>
           <t>Radovan Krejci</t>
         </is>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>0000-0002-9384-9702</t>
         </is>
       </c>
       <c r="J5" t="inlineStr"/>
       <c r="K5" t="inlineStr"/>
       <c r="L5" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2021 (SE)</t>
         </is>
       </c>
       <c r="M5" t="inlineStr"/>
       <c r="N5" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2023 (SE)</t>
         </is>
       </c>
       <c r="O5" t="inlineStr"/>
       <c r="P5" t="inlineStr"/>
       <c r="Q5" t="inlineStr"/>
       <c r="R5" t="inlineStr"/>
       <c r="S5" t="inlineStr"/>
       <c r="T5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Sweden</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Östergarnsholm</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Uppsala University</t>
         </is>
       </c>
       <c r="E6" t="n">
         <v>57.433</v>
       </c>
       <c r="F6" t="n">
         <v>18.983</v>
       </c>
       <c r="H6" t="inlineStr">
         <is>
           <t>Anna Rutgersson</t>
         </is>
       </c>
       <c r="I6" t="inlineStr">
         <is>
           <t>0000-0001-7656-1881</t>
         </is>
       </c>
       <c r="J6" t="inlineStr"/>
       <c r="K6" t="inlineStr"/>
       <c r="L6" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2023 (SE)</t>
         </is>
       </c>
       <c r="M6" t="inlineStr"/>
       <c r="N6" t="inlineStr"/>
       <c r="O6" t="inlineStr"/>
       <c r="P6" t="inlineStr"/>
       <c r="Q6" t="inlineStr"/>
       <c r="R6" t="inlineStr"/>
       <c r="S6" t="inlineStr"/>
       <c r="T6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Sweden</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Svartberget</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Observational platform</t>
@@ -902,126 +902,63 @@
         </is>
       </c>
       <c r="E7" t="n">
         <v>64.25</v>
       </c>
       <c r="F7" t="n">
         <v>19.767</v>
       </c>
       <c r="G7" t="n">
         <v>270</v>
       </c>
       <c r="H7" t="inlineStr">
         <is>
           <t>Mats Nilsson</t>
         </is>
       </c>
       <c r="I7" t="inlineStr">
         <is>
           <t>0000-0003-3765-6399</t>
         </is>
       </c>
       <c r="J7" t="inlineStr"/>
       <c r="K7" t="inlineStr"/>
       <c r="L7" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2023 (SE)</t>
         </is>
       </c>
       <c r="M7" t="inlineStr"/>
       <c r="N7" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2023 (SE)</t>
         </is>
       </c>
       <c r="O7" t="inlineStr"/>
       <c r="P7" t="inlineStr"/>
       <c r="Q7" t="inlineStr"/>
       <c r="R7" t="inlineStr"/>
       <c r="S7" t="inlineStr"/>
       <c r="T7" t="inlineStr"/>
     </row>
-    <row r="8">
-[...61 lines deleted...]
-    </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <tableParts count="1">
     <tablePart xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>