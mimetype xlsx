--- v1 (2025-12-21)
+++ v2 (2026-02-04)
@@ -123,52 +123,52 @@
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:T6" headerRowCount="1">
-  <autoFilter ref="A1:T6"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:T7" headerRowCount="1">
+  <autoFilter ref="A1:T7"/>
   <tableColumns count="20">
     <tableColumn id="1" name="Countries"/>
     <tableColumn id="2" name="Facility name"/>
     <tableColumn id="3" name="Facility type"/>
     <tableColumn id="4" name="Hosting institutions"/>
     <tableColumn id="5" name="Latitude"/>
     <tableColumn id="6" name="Longitude"/>
     <tableColumn id="7" name="Altitude"/>
     <tableColumn id="8" name="Facility PI name"/>
     <tableColumn id="9" name="Facility PI ORCID ID"/>
     <tableColumn id="10" name="PI deputy name"/>
     <tableColumn id="11" name="PI deputy ORCID ID"/>
     <tableColumn id="12" name="Aerosol in situ measurements"/>
     <tableColumn id="13" name="Cloud in situ measurements"/>
     <tableColumn id="14" name="Reactive Trace Gases in situ measurements"/>
     <tableColumn id="15" name="Aerosol Remote Sensing"/>
     <tableColumn id="16" name="Cloud Remote Sensing"/>
     <tableColumn id="17" name="Reactive Trace Gases Remote Sensing"/>
     <tableColumn id="18" name="Atmospheric Simulation Chamber"/>
     <tableColumn id="19" name="Mobile Platform"/>
     <tableColumn id="20" name="Physical/Remote Access"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="1"/>
 </table>
 </file>
@@ -443,51 +443,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId1"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:T7"/>
+  <dimension ref="A1:T8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Countries</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Facility name</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Facility type</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -917,48 +917,117 @@
       </c>
       <c r="I7" t="inlineStr">
         <is>
           <t>0000-0003-3765-6399</t>
         </is>
       </c>
       <c r="J7" t="inlineStr"/>
       <c r="K7" t="inlineStr"/>
       <c r="L7" t="inlineStr">
         <is>
           <t>Planned for 2023 (SE)</t>
         </is>
       </c>
       <c r="M7" t="inlineStr"/>
       <c r="N7" t="inlineStr">
         <is>
           <t>Planned for 2023 (SE)</t>
         </is>
       </c>
       <c r="O7" t="inlineStr"/>
       <c r="P7" t="inlineStr"/>
       <c r="Q7" t="inlineStr"/>
       <c r="R7" t="inlineStr"/>
       <c r="S7" t="inlineStr"/>
       <c r="T7" t="inlineStr"/>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>Norway, Sweden</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Zeppelin</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Observational platform</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>Norwegian Institute for Air Research (NILU)
+Norwegian Polar Institute
+Stockholm University</t>
+        </is>
+      </c>
+      <c r="E8" t="n">
+        <v>78.907</v>
+      </c>
+      <c r="F8" t="n">
+        <v>11.889</v>
+      </c>
+      <c r="G8" t="n">
+        <v>475</v>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>Chris Lunder</t>
+        </is>
+      </c>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>0000-0002-7663-3192</t>
+        </is>
+      </c>
+      <c r="J8" t="inlineStr">
+        <is>
+          <t>Dorothea Schulze</t>
+        </is>
+      </c>
+      <c r="L8" t="inlineStr">
+        <is>
+          <t>Submitted in November 2022</t>
+        </is>
+      </c>
+      <c r="M8" t="inlineStr">
+        <is>
+          <t>Planned (NO, SE)</t>
+        </is>
+      </c>
+      <c r="N8" t="inlineStr">
+        <is>
+          <t>Submitted in September 2023</t>
+        </is>
+      </c>
+      <c r="O8" t="inlineStr"/>
+      <c r="P8" t="inlineStr"/>
+      <c r="Q8" t="inlineStr"/>
+      <c r="R8" t="inlineStr"/>
+      <c r="S8" t="inlineStr"/>
+      <c r="T8" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <tableParts count="1">
     <tablePart xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>