--- v0 (2025-10-28)
+++ v1 (2026-02-04)
@@ -123,52 +123,52 @@
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:T115" headerRowCount="1">
-  <autoFilter ref="A1:T115"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:T112" headerRowCount="1">
+  <autoFilter ref="A1:T112"/>
   <tableColumns count="20">
     <tableColumn id="1" name="Countries"/>
     <tableColumn id="2" name="Facility name"/>
     <tableColumn id="3" name="Facility type"/>
     <tableColumn id="4" name="Hosting institutions"/>
     <tableColumn id="5" name="Latitude"/>
     <tableColumn id="6" name="Longitude"/>
     <tableColumn id="7" name="Altitude"/>
     <tableColumn id="8" name="Facility PI name"/>
     <tableColumn id="9" name="Facility PI ORCID ID"/>
     <tableColumn id="10" name="PI deputy name"/>
     <tableColumn id="11" name="PI deputy ORCID ID"/>
     <tableColumn id="12" name="Aerosol in situ measurements"/>
     <tableColumn id="13" name="Cloud in situ measurements"/>
     <tableColumn id="14" name="Reactive Trace Gases in situ measurements"/>
     <tableColumn id="15" name="Aerosol Remote Sensing"/>
     <tableColumn id="16" name="Cloud Remote Sensing"/>
     <tableColumn id="17" name="Reactive Trace Gases Remote Sensing"/>
     <tableColumn id="18" name="Atmospheric Simulation Chamber"/>
     <tableColumn id="19" name="Mobile Platform"/>
     <tableColumn id="20" name="Physical/Remote Access"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="1"/>
 </table>
 </file>
@@ -443,51 +443,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId1"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:T116"/>
+  <dimension ref="A1:T113"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Countries</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Facility name</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Facility type</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -597,297 +597,310 @@
         </is>
       </c>
       <c r="E2" t="n">
         <v>56.2</v>
       </c>
       <c r="F2" t="n">
         <v>10.2</v>
       </c>
       <c r="G2" t="n">
         <v>70</v>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Merete Bilde</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>0000-0002-2112-514X</t>
         </is>
       </c>
       <c r="J2" t="inlineStr"/>
       <c r="K2" t="inlineStr"/>
       <c r="L2" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2025 (DK)</t>
         </is>
       </c>
       <c r="M2" t="inlineStr"/>
       <c r="N2" t="inlineStr"/>
       <c r="O2" t="inlineStr"/>
       <c r="P2" t="inlineStr"/>
       <c r="Q2" t="inlineStr"/>
       <c r="R2" t="inlineStr">
         <is>
           <t>Planned (DK)</t>
         </is>
       </c>
       <c r="S2" t="inlineStr"/>
       <c r="T2" t="inlineStr">
         <is>
-          <t>Labelling opened (DK)</t>
+          <t>Planned (DK)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>ACTRIS Flanders</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Mobile platform</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>Flemish Institute for Technological Research (VITO)</t>
         </is>
       </c>
       <c r="E3" t="inlineStr"/>
       <c r="F3" t="inlineStr"/>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr">
         <is>
           <t>Martine van Poppel</t>
         </is>
       </c>
       <c r="J3" t="inlineStr"/>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned (BE)</t>
         </is>
       </c>
       <c r="M3" t="inlineStr"/>
       <c r="N3" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned (BE)</t>
         </is>
       </c>
       <c r="O3" t="inlineStr"/>
       <c r="P3" t="inlineStr"/>
       <c r="Q3" t="inlineStr"/>
       <c r="R3" t="inlineStr"/>
       <c r="S3" t="inlineStr">
         <is>
           <t>Planned (BE)</t>
         </is>
       </c>
       <c r="T3" t="inlineStr">
         <is>
-          <t>Labelling opened (BE)</t>
+          <t>Planned (BE)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Poland</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>ACTRIS-Poland Mobile LAB</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Mobile platform</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>University of Silesia</t>
         </is>
       </c>
       <c r="E4" t="n">
         <v>50.261</v>
       </c>
       <c r="F4" t="n">
         <v>19.028</v>
       </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>Mariola Jablonska</t>
         </is>
       </c>
       <c r="J4" t="inlineStr"/>
       <c r="K4" t="inlineStr"/>
       <c r="L4" t="inlineStr"/>
       <c r="M4" t="inlineStr"/>
       <c r="N4" t="inlineStr"/>
       <c r="O4" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2026 (PL)</t>
         </is>
       </c>
       <c r="P4" t="inlineStr"/>
       <c r="Q4" t="inlineStr"/>
       <c r="R4" t="inlineStr"/>
       <c r="S4" t="inlineStr">
         <is>
           <t>Planned (PL)</t>
         </is>
       </c>
       <c r="T4" t="inlineStr">
         <is>
-          <t>Labelling opened (PL)</t>
+          <t>Planned (PL)</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Finland</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Aerosol, cluster and trace gas laboratory (Helsinki)</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Laboratory platform</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>University of Helsinki (UH)</t>
         </is>
       </c>
       <c r="E5" t="n">
         <v>60.2</v>
       </c>
       <c r="F5" t="n">
         <v>24.967</v>
       </c>
       <c r="H5" t="inlineStr">
         <is>
           <t>Tuukka Petäjä</t>
         </is>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>0000-0002-1881-9044</t>
         </is>
       </c>
       <c r="J5" t="inlineStr"/>
       <c r="K5" t="inlineStr"/>
       <c r="L5" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2023 (FI)</t>
         </is>
       </c>
       <c r="M5" t="inlineStr"/>
       <c r="N5" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2023 (FI)</t>
         </is>
       </c>
       <c r="O5" t="inlineStr"/>
       <c r="P5" t="inlineStr"/>
       <c r="Q5" t="inlineStr"/>
       <c r="R5" t="inlineStr"/>
       <c r="S5" t="inlineStr"/>
       <c r="T5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Aerosol from Ground to Cloud Mobile Experiment (ACME)</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Mobile platform</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Leibniz Institute for Tropospheric Research (TROPOS)</t>
         </is>
       </c>
       <c r="E6" t="n">
-        <v>51.35</v>
+        <v>51.353</v>
       </c>
       <c r="F6" t="n">
-        <v>12.43</v>
+        <v>12.434</v>
       </c>
       <c r="H6" t="inlineStr">
         <is>
           <t>Jan-David Förster</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr"/>
-      <c r="K6" t="inlineStr"/>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>0000-0001-6758-8396</t>
+        </is>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>Mira Pöhlker</t>
+        </is>
+      </c>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>0000-0001-6852-0756</t>
+        </is>
+      </c>
       <c r="L6" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2023 (DE)</t>
         </is>
       </c>
       <c r="M6" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2024 (DE)</t>
         </is>
       </c>
       <c r="N6" t="inlineStr"/>
       <c r="O6" t="inlineStr"/>
       <c r="P6" t="inlineStr"/>
       <c r="Q6" t="inlineStr"/>
       <c r="R6" t="inlineStr"/>
       <c r="S6" t="inlineStr">
         <is>
           <t>Planned (DE)</t>
         </is>
       </c>
       <c r="T6" t="inlineStr">
         <is>
-          <t>Labelling opened (DE)</t>
+          <t>Planned (DE)</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Aerosol Interaction and Dynamics in the Atmosphere (AIDA)</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Atmospheric simulation chamber</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Karlsruhe Institute of Technology (KIT)</t>
         </is>
       </c>
       <c r="E7" t="n">
@@ -903,51 +916,51 @@
         <is>
           <t>Ottmar Möhler</t>
         </is>
       </c>
       <c r="I7" t="inlineStr">
         <is>
           <t>0000-0002-7551-9814</t>
         </is>
       </c>
       <c r="J7" t="inlineStr"/>
       <c r="K7" t="inlineStr"/>
       <c r="L7" t="inlineStr"/>
       <c r="M7" t="inlineStr"/>
       <c r="N7" t="inlineStr"/>
       <c r="O7" t="inlineStr"/>
       <c r="P7" t="inlineStr"/>
       <c r="Q7" t="inlineStr"/>
       <c r="R7" t="inlineStr">
         <is>
           <t>Planned (DE)</t>
         </is>
       </c>
       <c r="S7" t="inlineStr"/>
       <c r="T7" t="inlineStr">
         <is>
-          <t>Labelling opened (DE)</t>
+          <t>Planned (DE)</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Spain</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>AGORA</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>University of Granada (UGR)</t>
         </is>
       </c>
       <c r="E8" t="n">
@@ -974,1713 +987,1710 @@
       <c r="L8" t="inlineStr">
         <is>
           <t>Initially accepted in September 2024 (ES)</t>
         </is>
       </c>
       <c r="M8" t="inlineStr"/>
       <c r="N8" t="inlineStr"/>
       <c r="O8" t="inlineStr">
         <is>
           <t>Initially accepted in March 2024 (ES)</t>
         </is>
       </c>
       <c r="P8" t="inlineStr">
         <is>
           <t>Initially accepted in April 2024 (ES)</t>
         </is>
       </c>
       <c r="Q8" t="inlineStr"/>
       <c r="R8" t="inlineStr"/>
       <c r="S8" t="inlineStr"/>
       <c r="T8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Romania</t>
+          <t>Finland</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>ATMOSLAB</t>
+          <t>ATMo-LAB (Aerosol and Trace gas Mobile Laboratory)</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Mobile platform</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>National Institute for Aerospace Research Elie Carafoli (INCAS)</t>
+          <t>Tampere University</t>
         </is>
       </c>
       <c r="E9" t="n">
-        <v>44.43</v>
+        <v>61.449</v>
       </c>
       <c r="F9" t="n">
-        <v>26</v>
+        <v>23.856</v>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>Boscornea Andreea</t>
+          <t>Miikka Dal Maso</t>
         </is>
       </c>
       <c r="I9" t="inlineStr">
         <is>
-          <t>0000-0002-1268-7933</t>
-[...3 lines deleted...]
-      <c r="K9" t="inlineStr"/>
+          <t>0000-0003-3040-3612</t>
+        </is>
+      </c>
+      <c r="J9" t="inlineStr">
+        <is>
+          <t>Antti Rostedt</t>
+        </is>
+      </c>
       <c r="L9" t="inlineStr">
         <is>
-          <t>draft</t>
-[...12 lines deleted...]
-      </c>
+          <t>Planned for 2022 (FI)</t>
+        </is>
+      </c>
+      <c r="M9" t="inlineStr"/>
+      <c r="N9" t="inlineStr">
+        <is>
+          <t>Planned for 2023 (FI)</t>
+        </is>
+      </c>
+      <c r="O9" t="inlineStr"/>
       <c r="P9" t="inlineStr"/>
       <c r="Q9" t="inlineStr"/>
       <c r="R9" t="inlineStr"/>
       <c r="S9" t="inlineStr">
         <is>
-          <t>Planned (RO)</t>
+          <t>Planned (FI)</t>
         </is>
       </c>
       <c r="T9" t="inlineStr">
         <is>
-          <t>Labelling opened (RO)</t>
+          <t>Planned (FI)</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Romania</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Atmospheric Chemistry Department Chamber (ACD-C)</t>
+          <t>ATMOSLAB</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Atmospheric simulation chamber</t>
+          <t>Mobile platform</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Leibniz Institute for Tropospheric Research (TROPOS)</t>
+          <t>National Institute for Aerospace Research Elie Carafoli (INCAS)</t>
         </is>
       </c>
       <c r="E10" t="n">
-        <v>51.35</v>
+        <v>44.43</v>
       </c>
       <c r="F10" t="n">
-        <v>12.43</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>26</v>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>Hartmut Herrmann</t>
+          <t>Boscornea Andreea</t>
         </is>
       </c>
       <c r="I10" t="inlineStr">
         <is>
-          <t>0000-0001-7044-2101</t>
+          <t>0000-0002-1268-7933</t>
         </is>
       </c>
       <c r="J10" t="inlineStr"/>
       <c r="K10" t="inlineStr"/>
       <c r="L10" t="inlineStr">
         <is>
-          <t>draft</t>
-[...8 lines deleted...]
-      <c r="O10" t="inlineStr"/>
+          <t>Planned for 2023 (RO)</t>
+        </is>
+      </c>
+      <c r="M10" t="inlineStr">
+        <is>
+          <t>Planned for 2023 (RO)</t>
+        </is>
+      </c>
+      <c r="N10" t="inlineStr"/>
+      <c r="O10" t="inlineStr">
+        <is>
+          <t>Planned for 2023 (RO)</t>
+        </is>
+      </c>
       <c r="P10" t="inlineStr"/>
       <c r="Q10" t="inlineStr"/>
-      <c r="R10" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S10" t="inlineStr"/>
+      <c r="R10" t="inlineStr"/>
+      <c r="S10" t="inlineStr">
+        <is>
+          <t>Planned (RO)</t>
+        </is>
+      </c>
       <c r="T10" t="inlineStr">
         <is>
-          <t>Labelling opened (DE)</t>
+          <t>Planned (RO)</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
+          <t>Germany</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Atmospheric Chemistry Department Chamber (ACD-C)</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Atmospheric simulation chamber</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>Leibniz Institute for Tropospheric Research (TROPOS)</t>
+        </is>
+      </c>
+      <c r="E11" t="n">
+        <v>51.35</v>
+      </c>
+      <c r="F11" t="n">
+        <v>12.43</v>
+      </c>
+      <c r="G11" t="n">
+        <v>120</v>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>Hartmut Herrmann</t>
+        </is>
+      </c>
+      <c r="I11" t="inlineStr">
+        <is>
+          <t>0000-0001-7044-2101</t>
+        </is>
+      </c>
+      <c r="J11" t="inlineStr"/>
+      <c r="K11" t="inlineStr"/>
+      <c r="L11" t="inlineStr">
+        <is>
+          <t>Planned for 2022 (DE)</t>
+        </is>
+      </c>
+      <c r="M11" t="inlineStr"/>
+      <c r="N11" t="inlineStr">
+        <is>
+          <t>Planned for 2022 (DE)</t>
+        </is>
+      </c>
+      <c r="O11" t="inlineStr"/>
+      <c r="P11" t="inlineStr"/>
+      <c r="Q11" t="inlineStr"/>
+      <c r="R11" t="inlineStr">
+        <is>
+          <t>Planned (DE)</t>
+        </is>
+      </c>
+      <c r="S11" t="inlineStr"/>
+      <c r="T11" t="inlineStr">
+        <is>
+          <t>Planned (DE)</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
           <t>France</t>
         </is>
       </c>
-      <c r="B11" t="inlineStr">
+      <c r="B12" t="inlineStr">
         <is>
           <t>Atmospheric Observatory of LiLle (ATOLL)</t>
         </is>
       </c>
-      <c r="C11" t="inlineStr">
+      <c r="C12" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
-      <c r="D11" t="inlineStr">
+      <c r="D12" t="inlineStr">
         <is>
           <t>Institut Mines-Télécom (IMT)
 University of Lille (UDL)</t>
         </is>
       </c>
-      <c r="E11" t="n">
+      <c r="E12" t="n">
         <v>50.612</v>
       </c>
-      <c r="F11" t="n">
+      <c r="F12" t="n">
         <v>3.142</v>
       </c>
-      <c r="G11" t="n">
+      <c r="G12" t="n">
         <v>60</v>
       </c>
-      <c r="H11" t="inlineStr">
+      <c r="H12" t="inlineStr">
         <is>
           <t>Philippe Goloub</t>
         </is>
       </c>
-      <c r="I11" t="inlineStr">
+      <c r="I12" t="inlineStr">
         <is>
           <t>0000-0002-2415-4368</t>
         </is>
       </c>
-      <c r="J11" t="inlineStr">
+      <c r="J12" t="inlineStr">
         <is>
           <t>Suzanne Crumeyrolle</t>
         </is>
       </c>
-      <c r="K11" t="inlineStr">
+      <c r="K12" t="inlineStr">
         <is>
           <t>0000-0002-1491-5653</t>
         </is>
       </c>
-      <c r="L11" t="inlineStr">
+      <c r="L12" t="inlineStr">
         <is>
           <t>Initially accepted in August 2024 (FR)</t>
         </is>
       </c>
-      <c r="M11" t="inlineStr"/>
-[...59 lines deleted...]
-      <c r="L12" t="inlineStr"/>
       <c r="M12" t="inlineStr"/>
       <c r="N12" t="inlineStr"/>
       <c r="O12" t="inlineStr">
         <is>
-          <t>Initially accepted in March 2025 (IT)</t>
+          <t>Labelled (FR)</t>
         </is>
       </c>
       <c r="P12" t="inlineStr"/>
       <c r="Q12" t="inlineStr"/>
       <c r="R12" t="inlineStr"/>
       <c r="S12" t="inlineStr"/>
       <c r="T12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Spain</t>
+          <t>Italy</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Barcelona Aerosol Supersite</t>
+          <t>Atmospheric Rome joinT supersitE</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>Spanish National Research Council (CSIC)
-Universitat Politècnica de Catalunya (UPC)</t>
+          <t>Institute of Atmospheric Sciences and Climate (CNR-ISAC)
+Institute of Marine Science (ISMAR)
+Sapienza University of Rome</t>
         </is>
       </c>
       <c r="E13" t="n">
-        <v>41.387</v>
+        <v>41.88</v>
       </c>
       <c r="F13" t="n">
-        <v>2.115</v>
+        <v>12.68</v>
       </c>
       <c r="G13" t="n">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>Andrés Alastuey</t>
+          <t>Davide Dionisi</t>
         </is>
       </c>
       <c r="I13" t="inlineStr">
         <is>
-          <t>0000-0002-5453-5495</t>
+          <t>0000-0003-3854-521X</t>
         </is>
       </c>
       <c r="J13" t="inlineStr">
         <is>
-          <t>Alejandro Rodríguez-Gómez</t>
-[...11 lines deleted...]
-      </c>
+          <t>Luca Di Liberto</t>
+        </is>
+      </c>
+      <c r="L13" t="inlineStr"/>
       <c r="M13" t="inlineStr"/>
       <c r="N13" t="inlineStr"/>
       <c r="O13" t="inlineStr">
         <is>
-          <t>Initially accepted in March 2023 (ES)</t>
+          <t>Initially accepted in March 2025 (IT)</t>
         </is>
       </c>
       <c r="P13" t="inlineStr"/>
       <c r="Q13" t="inlineStr"/>
       <c r="R13" t="inlineStr"/>
       <c r="S13" t="inlineStr"/>
       <c r="T13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Bulgaria</t>
+          <t>Spain</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Basic Environmental Observatory Moussala - BEO Moussala</t>
+          <t>Barcelona Aerosol Supersite</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>Institute for Nuclear Research and Nuclear Energy (INRNE)</t>
+          <t>Spanish National Research Council (CSIC)
+Universitat Politècnica de Catalunya (UPC)</t>
         </is>
       </c>
       <c r="E14" t="n">
-        <v>42.179</v>
+        <v>41.387</v>
       </c>
       <c r="F14" t="n">
-        <v>23.585</v>
+        <v>2.115</v>
       </c>
       <c r="G14" t="n">
-        <v>2925</v>
+        <v>115</v>
       </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>Dimitar Tonev</t>
+          <t>Andrés Alastuey</t>
         </is>
       </c>
       <c r="I14" t="inlineStr">
         <is>
-          <t>0000-0003-4431-6157</t>
-[...3 lines deleted...]
-      <c r="K14" t="inlineStr"/>
+          <t>0000-0002-5453-5495</t>
+        </is>
+      </c>
+      <c r="J14" t="inlineStr">
+        <is>
+          <t>Alejandro Rodríguez-Gómez</t>
+        </is>
+      </c>
+      <c r="K14" t="inlineStr">
+        <is>
+          <t>0000-0002-9209-0685</t>
+        </is>
+      </c>
       <c r="L14" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Initially accepted in December 2022 (ES)</t>
         </is>
       </c>
       <c r="M14" t="inlineStr"/>
       <c r="N14" t="inlineStr"/>
-      <c r="O14" t="inlineStr"/>
+      <c r="O14" t="inlineStr">
+        <is>
+          <t>Initially accepted in March 2023 (ES)</t>
+        </is>
+      </c>
       <c r="P14" t="inlineStr"/>
       <c r="Q14" t="inlineStr"/>
       <c r="R14" t="inlineStr"/>
       <c r="S14" t="inlineStr"/>
       <c r="T14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>Bulgaria</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Belsk</t>
+          <t>Basic Environmental Observatory Moussala - BEO Moussala</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>Institute of Geophysics (IGF PAN)</t>
+          <t>Institute for Nuclear Research and Nuclear Energy (INRNE)</t>
         </is>
       </c>
       <c r="E15" t="n">
-        <v>51.836</v>
+        <v>42.179</v>
       </c>
       <c r="F15" t="n">
-        <v>20.789</v>
+        <v>23.585</v>
       </c>
       <c r="G15" t="n">
-        <v>173</v>
+        <v>2925</v>
       </c>
       <c r="H15" t="inlineStr">
         <is>
-          <t>Aleksander Pietruczuk</t>
+          <t>Dimitar Tonev</t>
         </is>
       </c>
       <c r="I15" t="inlineStr">
         <is>
-          <t>0000-0001-7058-3879</t>
+          <t>0000-0003-4431-6157</t>
         </is>
       </c>
       <c r="J15" t="inlineStr"/>
       <c r="K15" t="inlineStr"/>
       <c r="L15" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2021 (BG)</t>
         </is>
       </c>
       <c r="M15" t="inlineStr"/>
       <c r="N15" t="inlineStr"/>
-      <c r="O15" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O15" t="inlineStr"/>
       <c r="P15" t="inlineStr"/>
       <c r="Q15" t="inlineStr"/>
       <c r="R15" t="inlineStr"/>
       <c r="S15" t="inlineStr"/>
       <c r="T15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Poland</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Beromuenster</t>
+          <t>Belsk</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>Swiss Federal Laboratories for Materials Science and Technology (EMPA)</t>
+          <t>Institute of Geophysics (IGF PAN)</t>
         </is>
       </c>
       <c r="E16" t="n">
-        <v>47.19</v>
+        <v>51.836</v>
       </c>
       <c r="F16" t="n">
-        <v>8.175000000000001</v>
+        <v>20.789</v>
       </c>
       <c r="G16" t="n">
-        <v>797</v>
+        <v>173</v>
       </c>
       <c r="H16" t="inlineStr">
         <is>
-          <t>Stefan Reimann</t>
+          <t>Aleksander Pietruczuk</t>
+        </is>
+      </c>
+      <c r="I16" t="inlineStr">
+        <is>
+          <t>0000-0001-7058-3879</t>
         </is>
       </c>
       <c r="J16" t="inlineStr"/>
       <c r="K16" t="inlineStr"/>
-      <c r="L16" t="inlineStr"/>
+      <c r="L16" t="inlineStr">
+        <is>
+          <t>Planned for 2023 (PL)</t>
+        </is>
+      </c>
       <c r="M16" t="inlineStr"/>
-      <c r="N16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O16" t="inlineStr"/>
+      <c r="N16" t="inlineStr"/>
+      <c r="O16" t="inlineStr">
+        <is>
+          <t>Submitted in November 2024</t>
+        </is>
+      </c>
       <c r="P16" t="inlineStr"/>
       <c r="Q16" t="inlineStr"/>
       <c r="R16" t="inlineStr"/>
       <c r="S16" t="inlineStr"/>
       <c r="T16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>Norway</t>
+          <t>Switzerland</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Birkenes</t>
+          <t>Beromuenster</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>Norwegian Institute for Air Research (NILU)</t>
+          <t>Swiss Federal Laboratories for Materials Science and Technology (EMPA)</t>
         </is>
       </c>
       <c r="E17" t="n">
-        <v>58.388</v>
+        <v>47.19</v>
       </c>
       <c r="F17" t="n">
-        <v>8.252000000000001</v>
+        <v>8.175000000000001</v>
       </c>
       <c r="G17" t="n">
-        <v>219</v>
+        <v>797</v>
       </c>
       <c r="H17" t="inlineStr">
         <is>
-          <t>Chris Lunder</t>
-[...16 lines deleted...]
-      </c>
+          <t>Stefan Reimann</t>
+        </is>
+      </c>
+      <c r="J17" t="inlineStr"/>
+      <c r="K17" t="inlineStr"/>
+      <c r="L17" t="inlineStr"/>
       <c r="M17" t="inlineStr"/>
-      <c r="N17" t="inlineStr"/>
+      <c r="N17" t="inlineStr">
+        <is>
+          <t>Labelling opened (CH)</t>
+        </is>
+      </c>
       <c r="O17" t="inlineStr"/>
       <c r="P17" t="inlineStr"/>
       <c r="Q17" t="inlineStr"/>
       <c r="R17" t="inlineStr"/>
       <c r="S17" t="inlineStr"/>
       <c r="T17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Norway</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Bremen</t>
+          <t>Birkenes</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>University of Bremen</t>
+          <t>Norwegian Institute for Air Research (NILU)</t>
         </is>
       </c>
       <c r="E18" t="n">
-        <v>53.1</v>
+        <v>58.388</v>
       </c>
       <c r="F18" t="n">
-        <v>8.85</v>
+        <v>8.252000000000001</v>
       </c>
       <c r="G18" t="n">
-        <v>27</v>
+        <v>219</v>
       </c>
       <c r="H18" t="inlineStr">
         <is>
-          <t>Mathias Palm</t>
+          <t>Chris Lunder</t>
         </is>
       </c>
       <c r="I18" t="inlineStr">
         <is>
-          <t>0000-0001-7191-6911</t>
-[...4 lines deleted...]
-      <c r="L18" t="inlineStr"/>
+          <t>0000-0002-7663-3192</t>
+        </is>
+      </c>
+      <c r="J18" t="inlineStr">
+        <is>
+          <t>Are Bäcklund</t>
+        </is>
+      </c>
+      <c r="L18" t="inlineStr">
+        <is>
+          <t>Initially accepted in January 2023 (NO)</t>
+        </is>
+      </c>
       <c r="M18" t="inlineStr"/>
       <c r="N18" t="inlineStr"/>
       <c r="O18" t="inlineStr"/>
       <c r="P18" t="inlineStr"/>
-      <c r="Q18" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="Q18" t="inlineStr"/>
       <c r="R18" t="inlineStr"/>
       <c r="S18" t="inlineStr"/>
       <c r="T18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Cape Verde Atmospheric Observatory</t>
+          <t>Bremen</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>Leibniz Institute for Tropospheric Research (TROPOS)</t>
+          <t>University of Bremen</t>
         </is>
       </c>
       <c r="E19" t="n">
-        <v>16.834</v>
+        <v>53.1</v>
       </c>
       <c r="F19" t="n">
-        <v>-24.868</v>
+        <v>8.85</v>
       </c>
       <c r="G19" t="n">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="H19" t="inlineStr">
         <is>
-          <t>Khanneh Wadinga Fomba</t>
+          <t>Mathias Palm</t>
         </is>
       </c>
       <c r="I19" t="inlineStr">
         <is>
-          <t>0000-0002-4952-4863</t>
-[...16 lines deleted...]
-      </c>
+          <t>0000-0001-7191-6911</t>
+        </is>
+      </c>
+      <c r="J19" t="inlineStr"/>
+      <c r="K19" t="inlineStr"/>
+      <c r="L19" t="inlineStr"/>
       <c r="M19" t="inlineStr"/>
-      <c r="N19" t="inlineStr">
-[...14 lines deleted...]
-      <c r="Q19" t="inlineStr"/>
+      <c r="N19" t="inlineStr"/>
+      <c r="O19" t="inlineStr"/>
+      <c r="P19" t="inlineStr"/>
+      <c r="Q19" t="inlineStr">
+        <is>
+          <t>Initially accepted in February 2023 (DE)</t>
+        </is>
+      </c>
       <c r="R19" t="inlineStr"/>
       <c r="S19" t="inlineStr"/>
       <c r="T19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>Romania</t>
+          <t>Germany</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>CERNESIM</t>
+          <t>Cape Verde Atmospheric Observatory</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Atmospheric simulation chamber</t>
+          <t>Observational platform</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>Alexandru Ioan Cuza University</t>
+          <t>Leibniz Institute for Tropospheric Research (TROPOS)</t>
         </is>
       </c>
       <c r="E20" t="n">
-        <v>47.166</v>
+        <v>16.834</v>
       </c>
       <c r="F20" t="n">
-        <v>27.566</v>
+        <v>-24.868</v>
       </c>
       <c r="G20" t="n">
-        <v>66</v>
+        <v>9</v>
       </c>
       <c r="H20" t="inlineStr">
         <is>
-          <t>Romeo-Iulian Olariu</t>
+          <t>Khanneh Wadinga Fomba</t>
         </is>
       </c>
       <c r="I20" t="inlineStr">
         <is>
-          <t>0000-0003-1187-5526</t>
-[...3 lines deleted...]
-      <c r="K20" t="inlineStr"/>
+          <t>0000-0002-4952-4863</t>
+        </is>
+      </c>
+      <c r="J20" t="inlineStr">
+        <is>
+          <t>Holger Baars</t>
+        </is>
+      </c>
+      <c r="K20" t="inlineStr">
+        <is>
+          <t>0000-0002-2316-8960</t>
+        </is>
+      </c>
       <c r="L20" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2023 (DE)</t>
         </is>
       </c>
       <c r="M20" t="inlineStr"/>
       <c r="N20" t="inlineStr">
         <is>
-          <t>draft</t>
-[...3 lines deleted...]
-      <c r="P20" t="inlineStr"/>
+          <t>open</t>
+        </is>
+      </c>
+      <c r="O20" t="inlineStr">
+        <is>
+          <t>Initially accepted in December 2024 (DE)</t>
+        </is>
+      </c>
+      <c r="P20" t="inlineStr">
+        <is>
+          <t>Initially accepted in December 2024 (DE)</t>
+        </is>
+      </c>
       <c r="Q20" t="inlineStr"/>
-      <c r="R20" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R20" t="inlineStr"/>
       <c r="S20" t="inlineStr"/>
-      <c r="T20" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="T20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>Italy</t>
+          <t>Romania</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>ChAMBRe</t>
+          <t>CERNESIM</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>Atmospheric simulation chamber</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>National Institute for Nuclear Physics (INFN)</t>
+          <t>Alexandru Ioan Cuza University</t>
         </is>
       </c>
       <c r="E21" t="n">
-        <v>44.403</v>
+        <v>47.166</v>
       </c>
       <c r="F21" t="n">
-        <v>8.972</v>
+        <v>27.566</v>
       </c>
       <c r="G21" t="n">
-        <v>40</v>
+        <v>66</v>
       </c>
       <c r="H21" t="inlineStr">
         <is>
-          <t>Paolo Prati</t>
+          <t>Romeo-Iulian Olariu</t>
         </is>
       </c>
       <c r="I21" t="inlineStr">
         <is>
-          <t>0000-0002-8097-9460</t>
-[...11 lines deleted...]
-      </c>
+          <t>0000-0003-1187-5526</t>
+        </is>
+      </c>
+      <c r="J21" t="inlineStr"/>
+      <c r="K21" t="inlineStr"/>
       <c r="L21" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2020 (RO)</t>
         </is>
       </c>
       <c r="M21" t="inlineStr"/>
       <c r="N21" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2020 (RO)</t>
         </is>
       </c>
       <c r="O21" t="inlineStr"/>
       <c r="P21" t="inlineStr"/>
       <c r="Q21" t="inlineStr"/>
       <c r="R21" t="inlineStr">
         <is>
-          <t>Planned (IT)</t>
+          <t>Planned (RO)</t>
         </is>
       </c>
       <c r="S21" t="inlineStr"/>
       <c r="T21" t="inlineStr">
         <is>
-          <t>Labelling opened (IT)</t>
+          <t>Planned (RO)</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Italy</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Chambre de simulation atmosphérique à irradiation naturelle d’Orléans (HELIOS)</t>
+          <t>ChAMBRe</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Atmospheric simulation chamber</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>French National Centre for Scientific Research (CNRS)
-University of Orléans</t>
+          <t>National Institute for Nuclear Physics (INFN)</t>
         </is>
       </c>
       <c r="E22" t="n">
-        <v>47.838</v>
+        <v>44.403</v>
       </c>
       <c r="F22" t="n">
-        <v>1.944</v>
-[...12 lines deleted...]
-      <c r="K22" t="inlineStr"/>
+        <v>8.972</v>
+      </c>
+      <c r="G22" t="n">
+        <v>40</v>
+      </c>
+      <c r="H22" t="inlineStr"/>
+      <c r="I22" t="inlineStr"/>
+      <c r="J22" t="inlineStr">
+        <is>
+          <t>Dario Massabò</t>
+        </is>
+      </c>
+      <c r="K22" t="inlineStr">
+        <is>
+          <t>0000-0001-7445-0328</t>
+        </is>
+      </c>
       <c r="L22" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2025 (IT)</t>
         </is>
       </c>
       <c r="M22" t="inlineStr"/>
       <c r="N22" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2025 (IT)</t>
         </is>
       </c>
       <c r="O22" t="inlineStr"/>
       <c r="P22" t="inlineStr"/>
       <c r="Q22" t="inlineStr"/>
       <c r="R22" t="inlineStr">
         <is>
-          <t>Planned (FR)</t>
+          <t>Planned (IT)</t>
         </is>
       </c>
       <c r="S22" t="inlineStr"/>
       <c r="T22" t="inlineStr">
         <is>
-          <t>Labelling opened (FR)</t>
+          <t>Planned (IT)</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>Italy</t>
+          <t>France</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>CIAO</t>
+          <t>Chambre de simulation atmosphérique à irradiation naturelle d’Orléans (HELIOS)</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Observational platform</t>
+          <t>Atmospheric simulation chamber</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>Institute of Methodologies for Environmental Analysis (IMAA)</t>
+          <t>French National Centre for Scientific Research (CNRS)
+University of Orléans</t>
         </is>
       </c>
       <c r="E23" t="n">
-        <v>40.6</v>
+        <v>47.838</v>
       </c>
       <c r="F23" t="n">
-        <v>15.72</v>
-[...2 lines deleted...]
-        <v>760</v>
+        <v>1.944</v>
       </c>
       <c r="H23" t="inlineStr">
         <is>
-          <t>Donato Summa</t>
+          <t>Wahid Mellouki</t>
         </is>
       </c>
       <c r="I23" t="inlineStr">
         <is>
-          <t>0000-0002-0867-4144</t>
+          <t>0000-0002-6594-5262</t>
         </is>
       </c>
       <c r="J23" t="inlineStr"/>
       <c r="K23" t="inlineStr"/>
       <c r="L23" t="inlineStr">
         <is>
-          <t>Initially accepted in January 2024 (IT)</t>
+          <t>Planned for 2021 (FR)</t>
         </is>
       </c>
       <c r="M23" t="inlineStr"/>
-      <c r="N23" t="inlineStr"/>
-[...15 lines deleted...]
-      <c r="R23" t="inlineStr"/>
+      <c r="N23" t="inlineStr">
+        <is>
+          <t>Planned for 2021 (FR)</t>
+        </is>
+      </c>
+      <c r="O23" t="inlineStr"/>
+      <c r="P23" t="inlineStr"/>
+      <c r="Q23" t="inlineStr"/>
+      <c r="R23" t="inlineStr">
+        <is>
+          <t>Planned (FR)</t>
+        </is>
+      </c>
       <c r="S23" t="inlineStr"/>
-      <c r="T23" t="inlineStr"/>
+      <c r="T23" t="inlineStr">
+        <is>
+          <t>Planned (FR)</t>
+        </is>
+      </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Italy</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>CIAO Mobile Facility</t>
+          <t>CIAO</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>Mobile platform</t>
+          <t>Observational platform</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>Institute of Methodologies for Environmental Analysis (IMAA)</t>
         </is>
       </c>
       <c r="E24" t="n">
-        <v>40.601</v>
+        <v>40.6</v>
       </c>
       <c r="F24" t="n">
-        <v>15.723</v>
+        <v>15.72</v>
+      </c>
+      <c r="G24" t="n">
+        <v>760</v>
       </c>
       <c r="H24" t="inlineStr">
         <is>
           <t>Donato Summa</t>
+        </is>
+      </c>
+      <c r="I24" t="inlineStr">
+        <is>
+          <t>0000-0002-0867-4144</t>
         </is>
       </c>
       <c r="J24" t="inlineStr"/>
       <c r="K24" t="inlineStr"/>
-      <c r="L24" t="inlineStr"/>
+      <c r="L24" t="inlineStr">
+        <is>
+          <t>Initially accepted in January 2024 (IT)</t>
+        </is>
+      </c>
       <c r="M24" t="inlineStr"/>
       <c r="N24" t="inlineStr"/>
       <c r="O24" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Labelled (IT)</t>
         </is>
       </c>
       <c r="P24" t="inlineStr">
         <is>
-          <t>draft</t>
-[...2 lines deleted...]
-      <c r="Q24" t="inlineStr"/>
+          <t>Initially accepted in November 2024 (IT)</t>
+        </is>
+      </c>
+      <c r="Q24" t="inlineStr">
+        <is>
+          <t>Planned for 2023 (IT)</t>
+        </is>
+      </c>
       <c r="R24" t="inlineStr"/>
-      <c r="S24" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="S24" t="inlineStr"/>
+      <c r="T24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Italy</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>CMN-PV</t>
+          <t>CIAO Mobile Facility</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>Observational platform</t>
+          <t>Mobile platform</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>Institute of Atmospheric Sciences and Climate (CNR-ISAC)</t>
+          <t>Institute of Methodologies for Environmental Analysis (IMAA)</t>
         </is>
       </c>
       <c r="E25" t="n">
-        <v>44.193</v>
+        <v>40.601</v>
       </c>
       <c r="F25" t="n">
-        <v>10.701</v>
-[...13 lines deleted...]
-      </c>
+        <v>15.723</v>
+      </c>
+      <c r="H25" t="inlineStr"/>
+      <c r="I25" t="inlineStr"/>
       <c r="J25" t="inlineStr"/>
       <c r="K25" t="inlineStr"/>
-      <c r="L25" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="L25" t="inlineStr"/>
+      <c r="M25" t="inlineStr"/>
+      <c r="N25" t="inlineStr"/>
       <c r="O25" t="inlineStr">
         <is>
-          <t>Submitted in November 2024</t>
-[...2 lines deleted...]
-      <c r="P25" t="inlineStr"/>
+          <t>Planned for 2022 (IT)</t>
+        </is>
+      </c>
+      <c r="P25" t="inlineStr">
+        <is>
+          <t>Planned for 2022 (IT)</t>
+        </is>
+      </c>
       <c r="Q25" t="inlineStr"/>
       <c r="R25" t="inlineStr"/>
-      <c r="S25" t="inlineStr"/>
-      <c r="T25" t="inlineStr"/>
+      <c r="S25" t="inlineStr">
+        <is>
+          <t>Planned (IT)</t>
+        </is>
+      </c>
+      <c r="T25" t="inlineStr">
+        <is>
+          <t>Planned (IT)</t>
+        </is>
+      </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>Denmark</t>
+          <t>Italy</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Copenhagen University; Photochemical reactor</t>
+          <t>CMN-PV</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Atmospheric simulation chamber</t>
+          <t>Observational platform</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>University of Copenhagen (UCPH)</t>
+          <t>Institute of Atmospheric Sciences and Climate (CNR-ISAC)</t>
         </is>
       </c>
       <c r="E26" t="n">
-        <v>55.7</v>
+        <v>44.193</v>
       </c>
       <c r="F26" t="n">
-        <v>12.6</v>
+        <v>10.701</v>
       </c>
       <c r="G26" t="n">
-        <v>40</v>
+        <v>2165</v>
       </c>
       <c r="H26" t="inlineStr">
         <is>
-          <t>Matthew Stanley Johnson</t>
+          <t>Angela Marinoni</t>
         </is>
       </c>
       <c r="I26" t="inlineStr">
         <is>
-          <t>0000-0002-3645-3955</t>
+          <t>0000-0002-6580-7126</t>
         </is>
       </c>
       <c r="J26" t="inlineStr"/>
       <c r="K26" t="inlineStr"/>
       <c r="L26" t="inlineStr">
         <is>
-          <t>draft</t>
-[...4 lines deleted...]
-      <c r="O26" t="inlineStr"/>
+          <t>Initially accepted in March 2024 (IT)</t>
+        </is>
+      </c>
+      <c r="M26" t="inlineStr">
+        <is>
+          <t>Submitted in January 2026 (IT)</t>
+        </is>
+      </c>
+      <c r="N26" t="inlineStr">
+        <is>
+          <t>open</t>
+        </is>
+      </c>
+      <c r="O26" t="inlineStr">
+        <is>
+          <t>Submitted in November 2024</t>
+        </is>
+      </c>
       <c r="P26" t="inlineStr"/>
       <c r="Q26" t="inlineStr"/>
-      <c r="R26" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R26" t="inlineStr"/>
       <c r="S26" t="inlineStr"/>
-      <c r="T26" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="T26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>Cyprus</t>
+          <t>Denmark</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Cyprus Atmospheric Observatory (CAO)</t>
+          <t>Copenhagen University; Photochemical reactor</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Observational platform</t>
+          <t>Atmospheric simulation chamber</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>The Cyprus Institute (CyI)</t>
+          <t>University of Copenhagen (UCPH)</t>
         </is>
       </c>
       <c r="E27" t="n">
-        <v>35.039</v>
+        <v>55.7</v>
       </c>
       <c r="F27" t="n">
-        <v>33.058</v>
+        <v>12.6</v>
       </c>
       <c r="G27" t="n">
-        <v>550</v>
+        <v>40</v>
       </c>
       <c r="H27" t="inlineStr">
         <is>
-          <t>Jean Sciare</t>
+          <t>Matthew Stanley Johnson</t>
         </is>
       </c>
       <c r="I27" t="inlineStr">
         <is>
-          <t>0000-0002-9908-6718</t>
+          <t>0000-0002-3645-3955</t>
         </is>
       </c>
       <c r="J27" t="inlineStr"/>
       <c r="K27" t="inlineStr"/>
       <c r="L27" t="inlineStr">
         <is>
-          <t>Initially accepted in December 2024 (CY)</t>
+          <t>Planned for 2025 (DK)</t>
         </is>
       </c>
       <c r="M27" t="inlineStr"/>
       <c r="N27" t="inlineStr"/>
       <c r="O27" t="inlineStr"/>
       <c r="P27" t="inlineStr"/>
       <c r="Q27" t="inlineStr"/>
-      <c r="R27" t="inlineStr"/>
+      <c r="R27" t="inlineStr">
+        <is>
+          <t>Planned (DK)</t>
+        </is>
+      </c>
       <c r="S27" t="inlineStr"/>
-      <c r="T27" t="inlineStr"/>
+      <c r="T27" t="inlineStr">
+        <is>
+          <t>Planned (DK)</t>
+        </is>
+      </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Cyprus</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Cyprus Atmospheric Remote Sensing Observatory CARO</t>
+          <t>Cyprus Atmospheric Observatory (CAO)</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>ERATOSTHENES Centre of Excellence</t>
+          <t>The Cyprus Institute (CyI)</t>
         </is>
       </c>
       <c r="E28" t="n">
-        <v>34.675</v>
+        <v>35.039</v>
       </c>
       <c r="F28" t="n">
-        <v>33.043</v>
+        <v>33.058</v>
       </c>
       <c r="G28" t="n">
-        <v>10</v>
+        <v>550</v>
       </c>
       <c r="H28" t="inlineStr">
         <is>
-          <t>Rodanthi-Elisavet Mamouri</t>
+          <t>Jean Sciare</t>
         </is>
       </c>
       <c r="I28" t="inlineStr">
         <is>
-          <t>0000-0003-4836-8560</t>
-[...12 lines deleted...]
-      <c r="L28" t="inlineStr"/>
+          <t>0000-0002-9908-6718</t>
+        </is>
+      </c>
+      <c r="J28" t="inlineStr"/>
+      <c r="K28" t="inlineStr"/>
+      <c r="L28" t="inlineStr">
+        <is>
+          <t>Initially accepted in December 2024 (CY)</t>
+        </is>
+      </c>
       <c r="M28" t="inlineStr"/>
       <c r="N28" t="inlineStr"/>
-      <c r="O28" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="O28" t="inlineStr"/>
+      <c r="P28" t="inlineStr"/>
       <c r="Q28" t="inlineStr"/>
       <c r="R28" t="inlineStr"/>
       <c r="S28" t="inlineStr"/>
       <c r="T28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Cyprus</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Dushanbe, Tajikistan</t>
+          <t>Cyprus Atmospheric Remote Sensing Observatory CARO</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>Leibniz Institute for Tropospheric Research (TROPOS)</t>
+          <t>ERATOSTHENES Centre of Excellence</t>
         </is>
       </c>
       <c r="E29" t="n">
-        <v>38.56</v>
+        <v>34.675</v>
       </c>
       <c r="F29" t="n">
-        <v>68.86</v>
+        <v>33.043</v>
       </c>
       <c r="G29" t="n">
-        <v>864</v>
+        <v>10</v>
       </c>
       <c r="H29" t="inlineStr">
         <is>
-          <t>Holger Baars</t>
+          <t>Rodanthi-Elisavet Mamouri</t>
         </is>
       </c>
       <c r="I29" t="inlineStr">
         <is>
-          <t>0000-0002-2316-8960</t>
+          <t>0000-0003-4836-8560</t>
         </is>
       </c>
       <c r="J29" t="inlineStr">
         <is>
-          <t>Annett Skupin</t>
+          <t>D. Hadjimitsis</t>
         </is>
       </c>
       <c r="K29" t="inlineStr">
         <is>
-          <t>0009-0005-2338-7214</t>
+          <t>0000-0002-2684-547X</t>
         </is>
       </c>
       <c r="L29" t="inlineStr"/>
       <c r="M29" t="inlineStr"/>
       <c r="N29" t="inlineStr"/>
       <c r="O29" t="inlineStr">
         <is>
-          <t>Initially accepted in December 2024 (DE)</t>
-[...2 lines deleted...]
-      <c r="P29" t="inlineStr"/>
+          <t>Initially accepted in January 2026 (CY)</t>
+        </is>
+      </c>
+      <c r="P29" t="inlineStr">
+        <is>
+          <t>Initially accepted in June 2025 (CY)</t>
+        </is>
+      </c>
       <c r="Q29" t="inlineStr"/>
       <c r="R29" t="inlineStr"/>
       <c r="S29" t="inlineStr"/>
       <c r="T29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>Spain</t>
+          <t>Germany</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>ESAt - El Arenosillo</t>
+          <t>Dushanbe, Tajikistan</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>National Institute for Aerospace Technology (INTA)</t>
+          <t>Leibniz Institute for Tropospheric Research (TROPOS)</t>
         </is>
       </c>
       <c r="E30" t="n">
-        <v>37.1</v>
+        <v>38.56</v>
       </c>
       <c r="F30" t="n">
-        <v>-6.7</v>
+        <v>68.86</v>
       </c>
       <c r="G30" t="n">
-        <v>40</v>
+        <v>864</v>
       </c>
       <c r="H30" t="inlineStr">
         <is>
-          <t>Margarita Yela</t>
+          <t>Holger Baars</t>
         </is>
       </c>
       <c r="I30" t="inlineStr">
         <is>
-          <t>0000-0003-3775-3156</t>
+          <t>0000-0002-2316-8960</t>
         </is>
       </c>
       <c r="J30" t="inlineStr">
         <is>
-          <t>Mar Sorribas</t>
+          <t>Annett Skupin</t>
         </is>
       </c>
       <c r="K30" t="inlineStr">
         <is>
-          <t>0000-0003-2131-9021</t>
-[...6 lines deleted...]
-      </c>
+          <t>0009-0005-2338-7214</t>
+        </is>
+      </c>
+      <c r="L30" t="inlineStr"/>
       <c r="M30" t="inlineStr"/>
       <c r="N30" t="inlineStr"/>
-      <c r="O30" t="inlineStr"/>
+      <c r="O30" t="inlineStr">
+        <is>
+          <t>Initially accepted in December 2024 (DE)</t>
+        </is>
+      </c>
       <c r="P30" t="inlineStr"/>
       <c r="Q30" t="inlineStr"/>
       <c r="R30" t="inlineStr"/>
       <c r="S30" t="inlineStr"/>
       <c r="T30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Spain</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>EUPHORE</t>
+          <t>ESAt - El Arenosillo</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>Atmospheric simulation chamber</t>
+          <t>Observational platform</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>Mediterranean Center for Environmental Studies (CEAM)</t>
+          <t>National Institute for Aerospace Technology (INTA)</t>
         </is>
       </c>
       <c r="E31" t="n">
-        <v>39.5</v>
+        <v>37.1</v>
       </c>
       <c r="F31" t="n">
-        <v>-0.5</v>
+        <v>-6.7</v>
       </c>
       <c r="G31" t="n">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="H31" t="inlineStr">
         <is>
-          <t>Amalia Muñoz</t>
+          <t>Margarita Yela</t>
         </is>
       </c>
       <c r="I31" t="inlineStr">
         <is>
-          <t>0000-0002-3618-7327</t>
-[...3 lines deleted...]
-      <c r="K31" t="inlineStr"/>
+          <t>0000-0003-3775-3156</t>
+        </is>
+      </c>
+      <c r="J31" t="inlineStr">
+        <is>
+          <t>Mar Sorribas</t>
+        </is>
+      </c>
+      <c r="K31" t="inlineStr">
+        <is>
+          <t>0000-0003-2131-9021</t>
+        </is>
+      </c>
       <c r="L31" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2020 (ES)</t>
         </is>
       </c>
       <c r="M31" t="inlineStr"/>
-      <c r="N31" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N31" t="inlineStr"/>
       <c r="O31" t="inlineStr"/>
       <c r="P31" t="inlineStr"/>
       <c r="Q31" t="inlineStr"/>
-      <c r="R31" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R31" t="inlineStr"/>
       <c r="S31" t="inlineStr"/>
-      <c r="T31" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="T31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>Italy</t>
+          <t>Spain</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>European Commission Atmospheric Observatory</t>
+          <t>EUPHORE</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>Observational platform</t>
+          <t>Atmospheric simulation chamber</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>Joint Research Centre (JRC)</t>
+          <t>Mediterranean Center for Environmental Studies (CEAM)</t>
         </is>
       </c>
       <c r="E32" t="n">
-        <v>45.815</v>
+        <v>39.5</v>
       </c>
       <c r="F32" t="n">
-        <v>8.635999999999999</v>
+        <v>-0.5</v>
       </c>
       <c r="G32" t="n">
-        <v>209</v>
+        <v>70</v>
       </c>
       <c r="H32" t="inlineStr">
         <is>
-          <t>Jean-Philippe Putaud</t>
+          <t>Amalia Muñoz</t>
         </is>
       </c>
       <c r="I32" t="inlineStr">
         <is>
-          <t>0000-0001-9785-8561</t>
-[...3 lines deleted...]
-      <c r="K32" t="inlineStr"/>
+          <t>0000-0002-3618-7327</t>
+        </is>
+      </c>
+      <c r="J32" t="inlineStr">
+        <is>
+          <t>Mila Ródenas</t>
+        </is>
+      </c>
+      <c r="K32" t="inlineStr">
+        <is>
+          <t>0000-0002-6136-3660</t>
+        </is>
+      </c>
       <c r="L32" t="inlineStr">
         <is>
-          <t>Initially accepted in December 2024 (IT)</t>
+          <t>Initially accepted in December 2025 (ES)</t>
         </is>
       </c>
       <c r="M32" t="inlineStr"/>
-      <c r="N32" t="inlineStr"/>
+      <c r="N32" t="inlineStr">
+        <is>
+          <t>Initially accepted in December 2025 (ES)</t>
+        </is>
+      </c>
       <c r="O32" t="inlineStr"/>
       <c r="P32" t="inlineStr"/>
       <c r="Q32" t="inlineStr"/>
-      <c r="R32" t="inlineStr"/>
+      <c r="R32" t="inlineStr">
+        <is>
+          <t>Initially accepted in December 2025 (ES)</t>
+        </is>
+      </c>
       <c r="S32" t="inlineStr"/>
-      <c r="T32" t="inlineStr"/>
+      <c r="T32" t="inlineStr">
+        <is>
+          <t>Initially accepted in December 2025 (ES)</t>
+        </is>
+      </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>Sweden</t>
+          <t>Italy</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Exploratory platform SMHI</t>
+          <t>European Commission Atmospheric Observatory</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Mobile platform</t>
+          <t>Observational platform</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>Swedish Meteorological and Hydrological Institute (SMHI)</t>
+          <t>Joint Research Centre (JRC)</t>
         </is>
       </c>
       <c r="E33" t="n">
-        <v>60.086</v>
+        <v>45.815</v>
       </c>
       <c r="F33" t="n">
-        <v>17.481</v>
+        <v>8.635999999999999</v>
+      </c>
+      <c r="G33" t="n">
+        <v>209</v>
       </c>
       <c r="H33" t="inlineStr">
         <is>
-          <t>Salomon Eliasson</t>
+          <t>Jean-Philippe Putaud</t>
         </is>
       </c>
       <c r="I33" t="inlineStr">
         <is>
-          <t>0000-0002-1391-961X</t>
+          <t>0000-0001-9785-8561</t>
         </is>
       </c>
       <c r="J33" t="inlineStr"/>
       <c r="K33" t="inlineStr"/>
-      <c r="L33" t="inlineStr"/>
+      <c r="L33" t="inlineStr">
+        <is>
+          <t>Initially accepted in December 2024 (IT)</t>
+        </is>
+      </c>
       <c r="M33" t="inlineStr"/>
       <c r="N33" t="inlineStr"/>
       <c r="O33" t="inlineStr"/>
-      <c r="P33" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P33" t="inlineStr"/>
       <c r="Q33" t="inlineStr"/>
       <c r="R33" t="inlineStr"/>
-      <c r="S33" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="S33" t="inlineStr"/>
+      <c r="T33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Sweden</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Exploratory platform UG</t>
+          <t>Exploratory platform SMHI</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Mobile platform</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>University of Gothenburg</t>
+          <t>Swedish Meteorological and Hydrological Institute (SMHI)</t>
         </is>
       </c>
       <c r="E34" t="n">
-        <v>57.686</v>
+        <v>60.086</v>
       </c>
       <c r="F34" t="n">
-        <v>11.961</v>
+        <v>17.481</v>
       </c>
       <c r="H34" t="inlineStr">
         <is>
-          <t>Mattias Hallquist</t>
+          <t>Salomon Eliasson</t>
         </is>
       </c>
       <c r="I34" t="inlineStr">
         <is>
-          <t>0000-0001-5691-1231</t>
-[...11 lines deleted...]
-      </c>
+          <t>0000-0002-1391-961X</t>
+        </is>
+      </c>
+      <c r="J34" t="inlineStr"/>
+      <c r="K34" t="inlineStr"/>
+      <c r="L34" t="inlineStr"/>
       <c r="M34" t="inlineStr"/>
-      <c r="N34" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N34" t="inlineStr"/>
       <c r="O34" t="inlineStr"/>
-      <c r="P34" t="inlineStr"/>
+      <c r="P34" t="inlineStr">
+        <is>
+          <t>Planned for 2023 (SE)</t>
+        </is>
+      </c>
       <c r="Q34" t="inlineStr"/>
       <c r="R34" t="inlineStr"/>
       <c r="S34" t="inlineStr">
         <is>
           <t>Planned (SE)</t>
         </is>
       </c>
       <c r="T34" t="inlineStr">
         <is>
-          <t>Labelling opened (SE)</t>
+          <t>Planned (SE)</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Finland</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>FComLab - Doppler Cloud Radar</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Mobile platform</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>Finnish Meteorological Institute (FMI)</t>
         </is>
       </c>
       <c r="E35" t="n">
@@ -2688,63 +2698,63 @@
       </c>
       <c r="F35" t="n">
         <v>27.543</v>
       </c>
       <c r="G35" t="n">
         <v>190</v>
       </c>
       <c r="H35" t="inlineStr">
         <is>
           <t>Ewan O'Connor</t>
         </is>
       </c>
       <c r="I35" t="inlineStr">
         <is>
           <t>0000-0001-9834-5100</t>
         </is>
       </c>
       <c r="J35" t="inlineStr"/>
       <c r="K35" t="inlineStr"/>
       <c r="L35" t="inlineStr"/>
       <c r="M35" t="inlineStr"/>
       <c r="N35" t="inlineStr"/>
       <c r="O35" t="inlineStr"/>
       <c r="P35" t="inlineStr">
         <is>
-          <t>open</t>
+          <t>Planned for 2021 (FI)</t>
         </is>
       </c>
       <c r="Q35" t="inlineStr"/>
       <c r="R35" t="inlineStr"/>
       <c r="S35" t="inlineStr">
         <is>
           <t>Planned (FI)</t>
         </is>
       </c>
       <c r="T35" t="inlineStr">
         <is>
-          <t>Labelling opened</t>
+          <t>Planned (FI)</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Finland</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>FComLab - Doppler Lidar</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Mobile platform</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>Finnish Meteorological Institute (FMI)</t>
         </is>
       </c>
       <c r="E36" t="n">
@@ -2752,63 +2762,63 @@
       </c>
       <c r="F36" t="n">
         <v>27.543</v>
       </c>
       <c r="G36" t="n">
         <v>190</v>
       </c>
       <c r="H36" t="inlineStr">
         <is>
           <t>Ewan O'Connor</t>
         </is>
       </c>
       <c r="I36" t="inlineStr">
         <is>
           <t>0000-0001-9834-5100</t>
         </is>
       </c>
       <c r="J36" t="inlineStr"/>
       <c r="K36" t="inlineStr"/>
       <c r="L36" t="inlineStr"/>
       <c r="M36" t="inlineStr"/>
       <c r="N36" t="inlineStr"/>
       <c r="O36" t="inlineStr"/>
       <c r="P36" t="inlineStr">
         <is>
-          <t>open</t>
+          <t>Planned for 2021 (FI)</t>
         </is>
       </c>
       <c r="Q36" t="inlineStr"/>
       <c r="R36" t="inlineStr"/>
       <c r="S36" t="inlineStr">
         <is>
           <t>Planned (FI)</t>
         </is>
       </c>
       <c r="T36" t="inlineStr">
         <is>
-          <t>Labelling opened (FI)</t>
+          <t>Planned (FI)</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Garmisch-Partenkirchen/Zugspitze/Schneefernerhaus</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>German Federal Environment Agency (UBA)
 Karlsruhe Institute of Technology (KIT)</t>
         </is>
       </c>
@@ -2845,1367 +2855,1379 @@
       <c r="M37" t="inlineStr"/>
       <c r="N37" t="inlineStr"/>
       <c r="O37" t="inlineStr">
         <is>
           <t>Submitted in May 2024</t>
         </is>
       </c>
       <c r="P37" t="inlineStr"/>
       <c r="Q37" t="inlineStr">
         <is>
           <t>open</t>
         </is>
       </c>
       <c r="R37" t="inlineStr"/>
       <c r="S37" t="inlineStr"/>
       <c r="T37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Sweden</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Hyltemossa</t>
+          <t>Gothenburg Explorative Platform for In-situ Chemical characterization (GO:EPIC)</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>Observational platform</t>
+          <t>Mobile platform</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>Lund University</t>
+          <t>University of Gothenburg</t>
         </is>
       </c>
       <c r="E38" t="n">
-        <v>56.1</v>
+        <v>57.686</v>
       </c>
       <c r="F38" t="n">
-        <v>13.417</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>11.961</v>
       </c>
       <c r="H38" t="inlineStr">
         <is>
-          <t>Erik Ahlberg</t>
+          <t>Mattias Hallquist</t>
+        </is>
+      </c>
+      <c r="I38" t="inlineStr">
+        <is>
+          <t>0000-0001-5691-1231</t>
         </is>
       </c>
       <c r="J38" t="inlineStr">
         <is>
-          <t>Adam Kristensson</t>
-[...4 lines deleted...]
-          <t>0000-0002-0443-0564</t>
+          <t>Erik Thomson</t>
         </is>
       </c>
       <c r="L38" t="inlineStr">
         <is>
-          <t>Submitted in July 2024</t>
+          <t>Planned for 2023 (SE)</t>
         </is>
       </c>
       <c r="M38" t="inlineStr"/>
       <c r="N38" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2023 (SE)</t>
         </is>
       </c>
       <c r="O38" t="inlineStr"/>
       <c r="P38" t="inlineStr"/>
       <c r="Q38" t="inlineStr"/>
       <c r="R38" t="inlineStr"/>
-      <c r="S38" t="inlineStr"/>
-      <c r="T38" t="inlineStr"/>
+      <c r="S38" t="inlineStr">
+        <is>
+          <t>Planned (SE)</t>
+        </is>
+      </c>
+      <c r="T38" t="inlineStr">
+        <is>
+          <t>Planned (SE)</t>
+        </is>
+      </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>Spain</t>
+          <t>Sweden</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>Izaña Atmospheric Observatory</t>
+          <t>Hyltemossa</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>Agencia Estatal de Meteorología (AEMET)</t>
+          <t>Lund University</t>
         </is>
       </c>
       <c r="E39" t="n">
-        <v>28.3</v>
+        <v>56.1</v>
       </c>
       <c r="F39" t="n">
-        <v>-16.5</v>
+        <v>13.417</v>
       </c>
       <c r="G39" t="n">
-        <v>2370</v>
-[...4 lines deleted...]
-      <c r="K39" t="inlineStr"/>
+        <v>110</v>
+      </c>
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>Erik Ahlberg</t>
+        </is>
+      </c>
+      <c r="J39" t="inlineStr">
+        <is>
+          <t>Adam Kristensson</t>
+        </is>
+      </c>
+      <c r="K39" t="inlineStr">
+        <is>
+          <t>0000-0002-0443-0564</t>
+        </is>
+      </c>
       <c r="L39" t="inlineStr">
         <is>
-          <t>open</t>
+          <t>Submitted in July 2024</t>
         </is>
       </c>
       <c r="M39" t="inlineStr"/>
-      <c r="N39" t="inlineStr"/>
+      <c r="N39" t="inlineStr">
+        <is>
+          <t>Planned for 2023 (SE)</t>
+        </is>
+      </c>
       <c r="O39" t="inlineStr"/>
       <c r="P39" t="inlineStr"/>
       <c r="Q39" t="inlineStr"/>
       <c r="R39" t="inlineStr"/>
       <c r="S39" t="inlineStr"/>
       <c r="T39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Spain</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Jülich Observatory for Cloud Evolution (JOYCE)</t>
+          <t>Izaña Atmospheric Observatory</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>University of Cologne</t>
+          <t>Agencia Estatal de Meteorología (AEMET)</t>
         </is>
       </c>
       <c r="E40" t="n">
-        <v>50.908</v>
+        <v>28.3</v>
       </c>
       <c r="F40" t="n">
-        <v>6.413</v>
+        <v>-16.5</v>
       </c>
       <c r="G40" t="n">
-        <v>111</v>
-[...10 lines deleted...]
-      </c>
+        <v>2370</v>
+      </c>
+      <c r="H40" t="inlineStr"/>
+      <c r="I40" t="inlineStr"/>
       <c r="J40" t="inlineStr"/>
       <c r="K40" t="inlineStr"/>
-      <c r="L40" t="inlineStr"/>
+      <c r="L40" t="inlineStr">
+        <is>
+          <t>open</t>
+        </is>
+      </c>
       <c r="M40" t="inlineStr"/>
       <c r="N40" t="inlineStr"/>
       <c r="O40" t="inlineStr"/>
-      <c r="P40" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P40" t="inlineStr"/>
       <c r="Q40" t="inlineStr"/>
       <c r="R40" t="inlineStr"/>
       <c r="S40" t="inlineStr"/>
       <c r="T40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Germany</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Jungfraujoch</t>
+          <t>Jülich Observatory for Cloud Evolution (JOYCE)</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>ETH Zurich
-[...1 lines deleted...]
-Swiss Federal Laboratories for Materials Science and Technology (EMPA)</t>
+          <t>University of Cologne</t>
         </is>
       </c>
       <c r="E41" t="n">
-        <v>46.547</v>
+        <v>50.908</v>
       </c>
       <c r="F41" t="n">
-        <v>7.985</v>
+        <v>6.413</v>
       </c>
       <c r="G41" t="n">
-        <v>3580</v>
+        <v>111</v>
       </c>
       <c r="H41" t="inlineStr">
         <is>
-          <t>Martin Gysel-Beer</t>
+          <t>Ulrich Löhnert</t>
         </is>
       </c>
       <c r="I41" t="inlineStr">
         <is>
-          <t>0000-0002-7453-1264</t>
-[...26 lines deleted...]
-      </c>
+          <t>0000-0002-9023-0269</t>
+        </is>
+      </c>
+      <c r="J41" t="inlineStr"/>
+      <c r="K41" t="inlineStr"/>
+      <c r="L41" t="inlineStr"/>
+      <c r="M41" t="inlineStr"/>
+      <c r="N41" t="inlineStr"/>
       <c r="O41" t="inlineStr"/>
-      <c r="P41" t="inlineStr"/>
+      <c r="P41" t="inlineStr">
+        <is>
+          <t>Initially accepted in May 2023 (DE)</t>
+        </is>
+      </c>
       <c r="Q41" t="inlineStr"/>
       <c r="R41" t="inlineStr"/>
       <c r="S41" t="inlineStr"/>
       <c r="T41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Belgium, Switzerland</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>Karlsruhe Low-Cloud Exploratory Platform (KLOCX)</t>
+          <t>Jungfraujoch</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>Mobile platform</t>
+          <t>Observational platform</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>Karlsruhe Institute of Technology (KIT)</t>
+          <t>ETH Zurich
+Paul Scherrer Institute (PSI)
+Royal Belgian Institute for Space Aeronomy (BIRA)
+Swiss Federal Laboratories for Materials Science and Technology (EMPA)
+University of Liège</t>
         </is>
       </c>
       <c r="E42" t="n">
-        <v>49.09</v>
+        <v>46.547</v>
       </c>
       <c r="F42" t="n">
-        <v>8.42</v>
+        <v>7.985</v>
+      </c>
+      <c r="G42" t="n">
+        <v>3580</v>
       </c>
       <c r="H42" t="inlineStr">
         <is>
-          <t>Jan Cermak</t>
+          <t>Martin Gysel-Beer</t>
         </is>
       </c>
       <c r="I42" t="inlineStr">
         <is>
-          <t>0000-0002-4240-595X</t>
+          <t>0000-0002-7453-1264</t>
         </is>
       </c>
       <c r="J42" t="inlineStr">
         <is>
-          <t>Hendrik Andersen</t>
+          <t>Stefan Reimann</t>
         </is>
       </c>
       <c r="K42" t="inlineStr">
         <is>
-          <t>0000-0003-2983-8838</t>
-[...2 lines deleted...]
-      <c r="L42" t="inlineStr"/>
+          <t>0000-0002-9885-7138</t>
+        </is>
+      </c>
+      <c r="L42" t="inlineStr">
+        <is>
+          <t>Initially accepted in October 2023 (CH)</t>
+        </is>
+      </c>
       <c r="M42" t="inlineStr">
         <is>
-          <t>draft</t>
-[...2 lines deleted...]
-      <c r="N42" t="inlineStr"/>
+          <t>Initially accepted in October 2025</t>
+        </is>
+      </c>
+      <c r="N42" t="inlineStr">
+        <is>
+          <t>Initially accepted in June 2023 (CH)</t>
+        </is>
+      </c>
       <c r="O42" t="inlineStr"/>
-      <c r="P42" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Q42" t="inlineStr"/>
+      <c r="P42" t="inlineStr"/>
+      <c r="Q42" t="inlineStr">
+        <is>
+          <t>Submitted in September 2025 (BE)</t>
+        </is>
+      </c>
       <c r="R42" t="inlineStr"/>
-      <c r="S42" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="S42" t="inlineStr"/>
+      <c r="T42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>Finland</t>
+          <t>Germany</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>Kuopio Atmospheric Simulation Chambers (KASCs)</t>
+          <t>Karlsruhe Low-Cloud Exploratory Platform (KLOCX)</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>Atmospheric simulation chamber</t>
+          <t>Mobile platform</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>University of Eastern Finland (UEF)</t>
+          <t>Karlsruhe Institute of Technology (KIT)</t>
         </is>
       </c>
       <c r="E43" t="n">
-        <v>62.9</v>
+        <v>49.09</v>
       </c>
       <c r="F43" t="n">
-        <v>27.633</v>
+        <v>8.42</v>
       </c>
       <c r="H43" t="inlineStr">
         <is>
-          <t>Annele Virtanen</t>
+          <t>Jan Cermak</t>
         </is>
       </c>
       <c r="I43" t="inlineStr">
         <is>
-          <t>0000-0002-2917-5344</t>
-[...9 lines deleted...]
-      <c r="M43" t="inlineStr"/>
+          <t>0000-0002-4240-595X</t>
+        </is>
+      </c>
+      <c r="J43" t="inlineStr">
+        <is>
+          <t>Hendrik Andersen</t>
+        </is>
+      </c>
+      <c r="K43" t="inlineStr">
+        <is>
+          <t>0000-0003-2983-8838</t>
+        </is>
+      </c>
+      <c r="L43" t="inlineStr"/>
+      <c r="M43" t="inlineStr">
+        <is>
+          <t>Planned for 2025 (DE)</t>
+        </is>
+      </c>
       <c r="N43" t="inlineStr"/>
       <c r="O43" t="inlineStr"/>
-      <c r="P43" t="inlineStr"/>
+      <c r="P43" t="inlineStr">
+        <is>
+          <t>Planned for 2025 (DE)</t>
+        </is>
+      </c>
       <c r="Q43" t="inlineStr"/>
-      <c r="R43" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S43" t="inlineStr"/>
+      <c r="R43" t="inlineStr"/>
+      <c r="S43" t="inlineStr">
+        <is>
+          <t>Planned (DE)</t>
+        </is>
+      </c>
       <c r="T43" t="inlineStr">
         <is>
-          <t>Labelling opened (FI)</t>
+          <t>Planned (DE)</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>Italy</t>
+          <t>Finland</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Lampedusa</t>
+          <t>Kuopio Atmospheric Simulation Chambers (KASCs)</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>Observational platform</t>
+          <t>Atmospheric simulation chamber</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>National Agency for New Technologies, Energy and Sustainable Economic Development (ENEA)</t>
+          <t>University of Eastern Finland (UEF)</t>
         </is>
       </c>
       <c r="E44" t="n">
-        <v>35.518</v>
+        <v>62.9</v>
       </c>
       <c r="F44" t="n">
-        <v>12.63</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>27.633</v>
       </c>
       <c r="H44" t="inlineStr">
         <is>
-          <t>Giandomenico Pace</t>
+          <t>Annele Virtanen</t>
         </is>
       </c>
       <c r="I44" t="inlineStr">
         <is>
-          <t>0000-0002-3208-6756</t>
+          <t>0000-0002-2917-5344</t>
         </is>
       </c>
       <c r="J44" t="inlineStr"/>
       <c r="K44" t="inlineStr"/>
-      <c r="L44" t="inlineStr"/>
+      <c r="L44" t="inlineStr">
+        <is>
+          <t>Planned for 2023 (FI)</t>
+        </is>
+      </c>
       <c r="M44" t="inlineStr"/>
       <c r="N44" t="inlineStr"/>
-      <c r="O44" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="O44" t="inlineStr"/>
+      <c r="P44" t="inlineStr"/>
       <c r="Q44" t="inlineStr"/>
-      <c r="R44" t="inlineStr"/>
+      <c r="R44" t="inlineStr">
+        <is>
+          <t>Planned (FI)</t>
+        </is>
+      </c>
       <c r="S44" t="inlineStr"/>
-      <c r="T44" t="inlineStr"/>
+      <c r="T44" t="inlineStr">
+        <is>
+          <t>Planned (FI)</t>
+        </is>
+      </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Italy</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>Lecce (ECO-CNR + UNISALENTO)</t>
+          <t>Lampedusa</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>Institute of Atmospheric Sciences and Climate (CNR-ISAC)
-University of Salento</t>
+          <t>National Agency for New Technologies, Energy and Sustainable Economic Development (ENEA)</t>
         </is>
       </c>
       <c r="E45" t="n">
-        <v>40.336</v>
+        <v>35.518</v>
       </c>
       <c r="F45" t="n">
-        <v>18.124</v>
+        <v>12.63</v>
       </c>
       <c r="G45" t="n">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="H45" t="inlineStr">
         <is>
-          <t>Daniele Contini</t>
+          <t>Giandomenico Pace</t>
         </is>
       </c>
       <c r="I45" t="inlineStr">
         <is>
-          <t>0000-0003-4454-0642</t>
-[...16 lines deleted...]
-      </c>
+          <t>0000-0002-3208-6756</t>
+        </is>
+      </c>
+      <c r="J45" t="inlineStr"/>
+      <c r="K45" t="inlineStr"/>
+      <c r="L45" t="inlineStr"/>
       <c r="M45" t="inlineStr"/>
-      <c r="N45" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N45" t="inlineStr"/>
       <c r="O45" t="inlineStr">
         <is>
-          <t>Initially accepted in September 2025 (IT)</t>
-[...2 lines deleted...]
-      <c r="P45" t="inlineStr"/>
+          <t>Initially accepted in March 2025 (IT)</t>
+        </is>
+      </c>
+      <c r="P45" t="inlineStr">
+        <is>
+          <t>Initially accepted in September 2024 (IT)</t>
+        </is>
+      </c>
       <c r="Q45" t="inlineStr"/>
       <c r="R45" t="inlineStr"/>
       <c r="S45" t="inlineStr"/>
       <c r="T45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Italy</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>Leipzig Aerosol and Cloud Remote Observations System (LACROS)</t>
+          <t>Lecce (ECO-CNR + UNISALENTO)</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>Mobile platform</t>
+          <t>Observational platform</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>Leibniz Institute for Tropospheric Research (TROPOS)</t>
+          <t>Institute of Atmospheric Sciences and Climate (CNR-ISAC)
+University of Salento</t>
         </is>
       </c>
       <c r="E46" t="n">
-        <v>51.353</v>
+        <v>40.336</v>
       </c>
       <c r="F46" t="n">
-        <v>12.435</v>
+        <v>18.124</v>
       </c>
       <c r="G46" t="n">
-        <v>122</v>
+        <v>36</v>
       </c>
       <c r="H46" t="inlineStr">
         <is>
-          <t>Patric Seifert</t>
+          <t>Daniele Contini</t>
         </is>
       </c>
       <c r="I46" t="inlineStr">
         <is>
-          <t>0000-0002-5626-3761</t>
+          <t>0000-0003-4454-0642</t>
         </is>
       </c>
       <c r="J46" t="inlineStr">
         <is>
-          <t>Annett Skupin</t>
-[...2 lines deleted...]
-      <c r="L46" t="inlineStr"/>
+          <t>Lucio Calcagnile</t>
+        </is>
+      </c>
+      <c r="K46" t="inlineStr">
+        <is>
+          <t>0000-0001-8800-218X</t>
+        </is>
+      </c>
+      <c r="L46" t="inlineStr">
+        <is>
+          <t>Submitted (IT)</t>
+        </is>
+      </c>
       <c r="M46" t="inlineStr"/>
-      <c r="N46" t="inlineStr"/>
+      <c r="N46" t="inlineStr">
+        <is>
+          <t>open</t>
+        </is>
+      </c>
       <c r="O46" t="inlineStr">
         <is>
-          <t>Submitted in June 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Initially accepted in September 2025 (IT)</t>
+        </is>
+      </c>
+      <c r="P46" t="inlineStr"/>
       <c r="Q46" t="inlineStr"/>
       <c r="R46" t="inlineStr"/>
-      <c r="S46" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="S46" t="inlineStr"/>
+      <c r="T46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>Czechia</t>
+          <t>Germany</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Lom</t>
+          <t>Leipzig Aerosol and Cloud Remote Observations System (LACROS)</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>Observational platform</t>
+          <t>Mobile platform</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>Czech Hydrometeorological Institute (CHMI)</t>
+          <t>Leibniz Institute for Tropospheric Research (TROPOS)</t>
         </is>
       </c>
       <c r="E47" t="n">
-        <v>50.586</v>
+        <v>51.353</v>
       </c>
       <c r="F47" t="n">
-        <v>14.385</v>
+        <v>12.435</v>
       </c>
       <c r="G47" t="n">
-        <v>265</v>
+        <v>122</v>
       </c>
       <c r="H47" t="inlineStr">
         <is>
-          <t>Marcela Hejkrlikova</t>
-[...8 lines deleted...]
-      </c>
+          <t>Patric Seifert</t>
+        </is>
+      </c>
+      <c r="I47" t="inlineStr">
+        <is>
+          <t>0000-0002-5626-3761</t>
+        </is>
+      </c>
+      <c r="J47" t="inlineStr">
+        <is>
+          <t>Annett Skupin</t>
+        </is>
+      </c>
+      <c r="L47" t="inlineStr"/>
       <c r="M47" t="inlineStr"/>
       <c r="N47" t="inlineStr"/>
-      <c r="O47" t="inlineStr"/>
-      <c r="P47" t="inlineStr"/>
+      <c r="O47" t="inlineStr">
+        <is>
+          <t>Submitted in June 2025</t>
+        </is>
+      </c>
+      <c r="P47" t="inlineStr">
+        <is>
+          <t>Submitted in June 2025</t>
+        </is>
+      </c>
       <c r="Q47" t="inlineStr"/>
       <c r="R47" t="inlineStr"/>
-      <c r="S47" t="inlineStr"/>
-      <c r="T47" t="inlineStr"/>
+      <c r="S47" t="inlineStr">
+        <is>
+          <t>Planned (DE)</t>
+        </is>
+      </c>
+      <c r="T47" t="inlineStr">
+        <is>
+          <t>Planned (DE)</t>
+        </is>
+      </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>Spain</t>
+          <t>Czechia</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>Madrid</t>
+          <t>Lom</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>Centro de Investigaciones Energéticas, Medioambientales y Tecnológicas (CIEMAT)</t>
+          <t>Czech Hydrometeorological Institute (CHMI)</t>
         </is>
       </c>
       <c r="E48" t="n">
-        <v>40.5</v>
+        <v>50.586</v>
       </c>
       <c r="F48" t="n">
-        <v>-3.7</v>
+        <v>14.385</v>
       </c>
       <c r="G48" t="n">
-        <v>700</v>
+        <v>265</v>
       </c>
       <c r="H48" t="inlineStr">
         <is>
-          <t>Manuel Pujadas</t>
-[...16 lines deleted...]
-      </c>
+          <t>Marcela Hejkrlikova</t>
+        </is>
+      </c>
+      <c r="J48" t="inlineStr"/>
+      <c r="K48" t="inlineStr"/>
       <c r="L48" t="inlineStr">
         <is>
-          <t>Labelling opened (ES)</t>
+          <t>Initially accepted in February 2025 (CZ)</t>
         </is>
       </c>
       <c r="M48" t="inlineStr"/>
       <c r="N48" t="inlineStr"/>
-      <c r="O48" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O48" t="inlineStr"/>
       <c r="P48" t="inlineStr"/>
       <c r="Q48" t="inlineStr"/>
       <c r="R48" t="inlineStr"/>
       <c r="S48" t="inlineStr"/>
       <c r="T48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>Italy</t>
+          <t>Spain</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>MAGA Mobile facility</t>
+          <t>Madrid</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>Mobile platform</t>
+          <t>Observational platform</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>Institute of Atmospheric Sciences and Climate (CNR-ISAC)</t>
+          <t>Centro de Investigaciones Energéticas, Medioambientales y Tecnológicas (CIEMAT)</t>
         </is>
       </c>
       <c r="E49" t="n">
-        <v>40.336</v>
+        <v>40.5</v>
       </c>
       <c r="F49" t="n">
-        <v>18.124</v>
+        <v>-3.7</v>
       </c>
       <c r="G49" t="n">
-        <v>36</v>
+        <v>700</v>
       </c>
       <c r="H49" t="inlineStr">
         <is>
-          <t>Daniele Contini</t>
+          <t>Manuel Pujadas</t>
         </is>
       </c>
       <c r="I49" t="inlineStr">
         <is>
-          <t>0000-0003-4454-0642</t>
-[...3 lines deleted...]
-      <c r="K49" t="inlineStr"/>
+          <t>0000-0002-5964-3962</t>
+        </is>
+      </c>
+      <c r="J49" t="inlineStr">
+        <is>
+          <t>Francisco J. Gómez</t>
+        </is>
+      </c>
+      <c r="K49" t="inlineStr">
+        <is>
+          <t>0000-0002-3981-8374</t>
+        </is>
+      </c>
       <c r="L49" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Labelling opened (ES)</t>
         </is>
       </c>
       <c r="M49" t="inlineStr"/>
-      <c r="N49" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O49" t="inlineStr"/>
+      <c r="N49" t="inlineStr"/>
+      <c r="O49" t="inlineStr">
+        <is>
+          <t>open</t>
+        </is>
+      </c>
       <c r="P49" t="inlineStr"/>
       <c r="Q49" t="inlineStr"/>
       <c r="R49" t="inlineStr"/>
-      <c r="S49" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="S49" t="inlineStr"/>
+      <c r="T49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>Finland</t>
+          <t>Italy</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Marambio</t>
+          <t>MAGA Mobile facility</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>Observational platform</t>
+          <t>Mobile platform</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>Finnish Meteorological Institute (FMI)</t>
+          <t>Institute of Atmospheric Sciences and Climate (CNR-ISAC)</t>
         </is>
       </c>
       <c r="E50" t="n">
-        <v>-64.25</v>
+        <v>40.336</v>
       </c>
       <c r="F50" t="n">
-        <v>-56.63</v>
+        <v>18.124</v>
       </c>
       <c r="G50" t="n">
-        <v>198</v>
+        <v>36</v>
       </c>
       <c r="H50" t="inlineStr">
         <is>
-          <t>Eija Asmi</t>
+          <t>Daniele Contini</t>
         </is>
       </c>
       <c r="I50" t="inlineStr">
         <is>
-          <t>0000-0002-9226-2360</t>
-[...6 lines deleted...]
-      </c>
+          <t>0000-0003-4454-0642</t>
+        </is>
+      </c>
+      <c r="J50" t="inlineStr"/>
+      <c r="K50" t="inlineStr"/>
       <c r="L50" t="inlineStr">
         <is>
-          <t>Labelling opened (FI)</t>
+          <t>Planned for 2022 (IT)</t>
         </is>
       </c>
       <c r="M50" t="inlineStr"/>
-      <c r="N50" t="inlineStr"/>
+      <c r="N50" t="inlineStr">
+        <is>
+          <t>Planned for 2022 (IT)</t>
+        </is>
+      </c>
       <c r="O50" t="inlineStr"/>
       <c r="P50" t="inlineStr"/>
       <c r="Q50" t="inlineStr"/>
       <c r="R50" t="inlineStr"/>
-      <c r="S50" t="inlineStr"/>
-      <c r="T50" t="inlineStr"/>
+      <c r="S50" t="inlineStr">
+        <is>
+          <t>Planned (IT)</t>
+        </is>
+      </c>
+      <c r="T50" t="inlineStr">
+        <is>
+          <t>Planned (IT)</t>
+        </is>
+      </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>Finland</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>MARTISLAB-BE</t>
+          <t>Marambio</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>Mobile platform</t>
+          <t>Observational platform</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>Royal Belgian Institute for Space Aeronomy (BIRA)</t>
+          <t>Finnish Meteorological Institute (FMI)</t>
         </is>
       </c>
       <c r="E51" t="n">
-        <v>50.305</v>
+        <v>-64.25</v>
       </c>
       <c r="F51" t="n">
-        <v>5.998</v>
+        <v>-56.63</v>
       </c>
       <c r="G51" t="n">
-        <v>490</v>
+        <v>198</v>
       </c>
       <c r="H51" t="inlineStr">
         <is>
-          <t>Crist Amelynck</t>
-[...2 lines deleted...]
-      <c r="I51" t="inlineStr"/>
+          <t>Eija Asmi</t>
+        </is>
+      </c>
+      <c r="I51" t="inlineStr">
+        <is>
+          <t>0000-0002-9226-2360</t>
+        </is>
+      </c>
       <c r="J51" t="inlineStr">
         <is>
-          <t>Niels Schoon</t>
-[...2 lines deleted...]
-      <c r="L51" t="inlineStr"/>
+          <t>María Belén Wildner</t>
+        </is>
+      </c>
+      <c r="L51" t="inlineStr">
+        <is>
+          <t>Labelling opened (FI)</t>
+        </is>
+      </c>
       <c r="M51" t="inlineStr"/>
-      <c r="N51" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N51" t="inlineStr"/>
       <c r="O51" t="inlineStr"/>
       <c r="P51" t="inlineStr"/>
       <c r="Q51" t="inlineStr"/>
       <c r="R51" t="inlineStr"/>
-      <c r="S51" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="S51" t="inlineStr"/>
+      <c r="T51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Belgium</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>Melpitz Research Station</t>
+          <t>MARTISLAB-BE</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>Observational platform</t>
+          <t>Mobile platform</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>Leibniz Institute for Tropospheric Research (TROPOS)</t>
+          <t>Royal Belgian Institute for Space Aeronomy (BIRA)</t>
         </is>
       </c>
       <c r="E52" t="n">
-        <v>51.525</v>
+        <v>50.305</v>
       </c>
       <c r="F52" t="n">
-        <v>12.928</v>
+        <v>5.998</v>
       </c>
       <c r="G52" t="n">
-        <v>86</v>
+        <v>490</v>
       </c>
       <c r="H52" t="inlineStr">
         <is>
-          <t>Laurent Poulain</t>
-[...6 lines deleted...]
-      </c>
+          <t>Crist Amelynck</t>
+        </is>
+      </c>
+      <c r="I52" t="inlineStr"/>
       <c r="J52" t="inlineStr">
         <is>
-          <t>Birgit Heese</t>
-[...11 lines deleted...]
-      </c>
+          <t>Niels Schoon</t>
+        </is>
+      </c>
+      <c r="L52" t="inlineStr"/>
       <c r="M52" t="inlineStr"/>
       <c r="N52" t="inlineStr">
         <is>
-          <t>open</t>
-[...11 lines deleted...]
-      </c>
+          <t>Planned for 2021 (BE)</t>
+        </is>
+      </c>
+      <c r="O52" t="inlineStr"/>
+      <c r="P52" t="inlineStr"/>
       <c r="Q52" t="inlineStr"/>
       <c r="R52" t="inlineStr"/>
-      <c r="S52" t="inlineStr"/>
-      <c r="T52" t="inlineStr"/>
+      <c r="S52" t="inlineStr">
+        <is>
+          <t>Planned (BE)</t>
+        </is>
+      </c>
+      <c r="T52" t="inlineStr">
+        <is>
+          <t>Planned (BE)</t>
+        </is>
+      </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>Meteorological Observatory Hohenpeißenberg (DWD)</t>
+          <t>Melpitz Research Station</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>German Meteorological Service (DWD)</t>
+          <t>Leibniz Institute for Tropospheric Research (TROPOS)</t>
         </is>
       </c>
       <c r="E53" t="n">
-        <v>47.801</v>
+        <v>51.525</v>
       </c>
       <c r="F53" t="n">
-        <v>11.01</v>
+        <v>12.928</v>
       </c>
       <c r="G53" t="n">
-        <v>990</v>
+        <v>86</v>
       </c>
       <c r="H53" t="inlineStr">
         <is>
-          <t>Christian Plass-Duelmer</t>
+          <t>Laurent Poulain</t>
         </is>
       </c>
       <c r="I53" t="inlineStr">
         <is>
-          <t>0000-0003-0444-7283</t>
+          <t>0000-0002-9128-7881</t>
         </is>
       </c>
       <c r="J53" t="inlineStr">
         <is>
-          <t>Dagmar Kubistin</t>
+          <t>Birgit Heese</t>
         </is>
       </c>
       <c r="K53" t="inlineStr">
         <is>
-          <t>0000-0002-5467-9309</t>
+          <t>0000-0001-6743-926X</t>
         </is>
       </c>
       <c r="L53" t="inlineStr">
         <is>
-          <t>Initially accepted in August 2024 (DE)</t>
+          <t>Initially accepted in September 2024 (DE)</t>
         </is>
       </c>
       <c r="M53" t="inlineStr"/>
       <c r="N53" t="inlineStr">
         <is>
-          <t>Initially accepted in February 2025 (DE)</t>
+          <t>open</t>
         </is>
       </c>
       <c r="O53" t="inlineStr">
         <is>
-          <t>Initially accepted in December 2024 (DE)</t>
-[...2 lines deleted...]
-      <c r="P53" t="inlineStr"/>
+          <t>Labelling opened (DE)</t>
+        </is>
+      </c>
+      <c r="P53" t="inlineStr">
+        <is>
+          <t>Labelling opened (DE)</t>
+        </is>
+      </c>
       <c r="Q53" t="inlineStr"/>
       <c r="R53" t="inlineStr"/>
       <c r="S53" t="inlineStr"/>
       <c r="T53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>Meteorological Observatory Lindenberg</t>
+          <t>Meteorological Observatory Hohenpeißenberg (DWD)</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>German Meteorological Service (DWD)</t>
         </is>
       </c>
       <c r="E54" t="n">
-        <v>52.209</v>
+        <v>47.801</v>
       </c>
       <c r="F54" t="n">
-        <v>14.129</v>
+        <v>11.01</v>
       </c>
       <c r="G54" t="n">
-        <v>104</v>
+        <v>990</v>
       </c>
       <c r="H54" t="inlineStr">
         <is>
-          <t>Volker Lehmann</t>
+          <t>Christian Plass-Duelmer</t>
         </is>
       </c>
       <c r="I54" t="inlineStr">
         <is>
-          <t>0000-0002-0055-5909</t>
-[...4 lines deleted...]
-      <c r="L54" t="inlineStr"/>
+          <t>0000-0003-0444-7283</t>
+        </is>
+      </c>
+      <c r="J54" t="inlineStr">
+        <is>
+          <t>Dagmar Kubistin</t>
+        </is>
+      </c>
+      <c r="K54" t="inlineStr">
+        <is>
+          <t>0000-0002-5467-9309</t>
+        </is>
+      </c>
+      <c r="L54" t="inlineStr">
+        <is>
+          <t>Initially accepted in August 2024 (DE)</t>
+        </is>
+      </c>
       <c r="M54" t="inlineStr"/>
-      <c r="N54" t="inlineStr"/>
-[...5 lines deleted...]
-      </c>
+      <c r="N54" t="inlineStr">
+        <is>
+          <t>Initially accepted in February 2025 (DE)</t>
+        </is>
+      </c>
+      <c r="O54" t="inlineStr">
+        <is>
+          <t>Initially accepted in December 2024 (DE)</t>
+        </is>
+      </c>
+      <c r="P54" t="inlineStr"/>
       <c r="Q54" t="inlineStr"/>
       <c r="R54" t="inlineStr"/>
       <c r="S54" t="inlineStr"/>
       <c r="T54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>Czechia</t>
+          <t>Germany</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>Milešovka</t>
+          <t>Meteorological Observatory Lindenberg</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>Czech Academy of Sciences, Institute of Atmospheric Physics (ÚFA AV ČR)</t>
+          <t>German Meteorological Service (DWD)</t>
         </is>
       </c>
       <c r="E55" t="n">
-        <v>50.555</v>
+        <v>52.209</v>
       </c>
       <c r="F55" t="n">
-        <v>13.931</v>
+        <v>14.129</v>
       </c>
       <c r="G55" t="n">
-        <v>837</v>
+        <v>104</v>
       </c>
       <c r="H55" t="inlineStr">
         <is>
-          <t>Pavel Sedlák</t>
+          <t>Volker Lehmann</t>
         </is>
       </c>
       <c r="I55" t="inlineStr">
         <is>
-          <t>0000-0002-1852-1758</t>
-[...6 lines deleted...]
-      </c>
+          <t>0000-0002-0055-5909</t>
+        </is>
+      </c>
+      <c r="J55" t="inlineStr"/>
+      <c r="K55" t="inlineStr"/>
       <c r="L55" t="inlineStr"/>
-      <c r="M55" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="M55" t="inlineStr"/>
       <c r="N55" t="inlineStr"/>
       <c r="O55" t="inlineStr"/>
-      <c r="P55" t="inlineStr"/>
+      <c r="P55" t="inlineStr">
+        <is>
+          <t>Initially accepted in May 2023 (DE)</t>
+        </is>
+      </c>
       <c r="Q55" t="inlineStr"/>
       <c r="R55" t="inlineStr"/>
       <c r="S55" t="inlineStr"/>
       <c r="T55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>Finland</t>
+          <t>Czechia</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Mobile Aerosol Laboratory</t>
+          <t>Milešovka</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>Mobile platform</t>
+          <t>Observational platform</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>Tampere University</t>
+          <t>Czech Academy of Sciences, Institute of Atmospheric Physics (ÚFA AV ČR)</t>
         </is>
       </c>
       <c r="E56" t="n">
-        <v>61.449</v>
+        <v>50.555</v>
       </c>
       <c r="F56" t="n">
-        <v>23.856</v>
+        <v>13.931</v>
+      </c>
+      <c r="G56" t="n">
+        <v>837</v>
       </c>
       <c r="H56" t="inlineStr">
         <is>
-          <t>Jorma Keskinen</t>
+          <t>Pavel Sedlák</t>
         </is>
       </c>
       <c r="I56" t="inlineStr">
         <is>
-          <t>0000-0002-2807-8593</t>
-[...14 lines deleted...]
-      </c>
+          <t>0000-0002-1852-1758</t>
+        </is>
+      </c>
+      <c r="J56" t="inlineStr">
+        <is>
+          <t>Petr Pešice</t>
+        </is>
+      </c>
+      <c r="L56" t="inlineStr"/>
+      <c r="M56" t="inlineStr">
+        <is>
+          <t>Submitted in March 2025</t>
+        </is>
+      </c>
+      <c r="N56" t="inlineStr"/>
       <c r="O56" t="inlineStr"/>
       <c r="P56" t="inlineStr"/>
       <c r="Q56" t="inlineStr"/>
       <c r="R56" t="inlineStr"/>
-      <c r="S56" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="S56" t="inlineStr"/>
+      <c r="T56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Mobile FTIR spectrometer</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Mobile platform</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
           <t>University of Bremen</t>
         </is>
       </c>
       <c r="E57" t="n">
         <v>53.106</v>
       </c>
       <c r="F57" t="n">
         <v>8.85</v>
       </c>
       <c r="G57" t="n">
         <v>27</v>
       </c>
       <c r="H57" t="inlineStr">
         <is>
           <t>Mathias Palm</t>
         </is>
       </c>
       <c r="I57" t="inlineStr">
         <is>
           <t>0000-0001-7191-6911</t>
         </is>
       </c>
-      <c r="J57" t="inlineStr"/>
-      <c r="K57" t="inlineStr"/>
+      <c r="J57" t="inlineStr">
+        <is>
+          <t>Christof Petri</t>
+        </is>
+      </c>
       <c r="L57" t="inlineStr"/>
       <c r="M57" t="inlineStr"/>
       <c r="N57" t="inlineStr"/>
       <c r="O57" t="inlineStr"/>
       <c r="P57" t="inlineStr"/>
       <c r="Q57" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2024 (DE)</t>
         </is>
       </c>
       <c r="R57" t="inlineStr"/>
       <c r="S57" t="inlineStr">
         <is>
           <t>Planned (DE)</t>
         </is>
       </c>
       <c r="T57" t="inlineStr">
         <is>
-          <t>Labelling opened (DE)</t>
+          <t>Planned (DE)</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Spain</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Montsec</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>Spanish National Research Council (CSIC)</t>
         </is>
       </c>
       <c r="E58" t="n">
         <v>42.1</v>
       </c>
       <c r="F58" t="n">
         <v>0.7</v>
       </c>
       <c r="G58" t="n">
         <v>1571</v>
       </c>
       <c r="H58" t="inlineStr">
         <is>
           <t>André Alastuey</t>
         </is>
       </c>
       <c r="I58" t="inlineStr">
         <is>
           <t>0000-0002-5453-5495</t>
         </is>
       </c>
       <c r="J58" t="inlineStr"/>
       <c r="K58" t="inlineStr"/>
       <c r="L58" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2020 (ES)</t>
         </is>
       </c>
       <c r="M58" t="inlineStr"/>
       <c r="N58" t="inlineStr"/>
       <c r="O58" t="inlineStr"/>
       <c r="P58" t="inlineStr"/>
       <c r="Q58" t="inlineStr"/>
       <c r="R58" t="inlineStr"/>
       <c r="S58" t="inlineStr"/>
       <c r="T58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Spain</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Montseny Supersite</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>Observational platform</t>
@@ -4266,132 +4288,132 @@
         <is>
           <t>Atmospheric simulation chamber</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
           <t>French National Centre for Scientific Research (CNRS)
 Paris-Est Créteil University (UPEC)</t>
         </is>
       </c>
       <c r="E60" t="n">
         <v>48.789</v>
       </c>
       <c r="F60" t="n">
         <v>2.444</v>
       </c>
       <c r="H60" t="inlineStr">
         <is>
           <t>Benedicte Picquet-Varrault</t>
         </is>
       </c>
       <c r="J60" t="inlineStr"/>
       <c r="K60" t="inlineStr"/>
       <c r="L60" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2021 (FR)</t>
         </is>
       </c>
       <c r="M60" t="inlineStr"/>
       <c r="N60" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2021 (FR)</t>
         </is>
       </c>
       <c r="O60" t="inlineStr"/>
       <c r="P60" t="inlineStr"/>
       <c r="Q60" t="inlineStr"/>
       <c r="R60" t="inlineStr">
         <is>
           <t>Planned (FR)</t>
         </is>
       </c>
       <c r="S60" t="inlineStr"/>
       <c r="T60" t="inlineStr">
         <is>
-          <t>Labelling opened (FR)</t>
+          <t>Planned (FR)</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Finland</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Multiwavelength Raman Lidar</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Mobile platform</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>Finnish Meteorological Institute (FMI)</t>
         </is>
       </c>
       <c r="E61" t="n">
         <v>60.2</v>
       </c>
       <c r="F61" t="n">
         <v>24.95</v>
       </c>
       <c r="H61" t="inlineStr">
         <is>
           <t>Mika Komppula</t>
         </is>
       </c>
       <c r="I61" t="inlineStr">
         <is>
           <t>0000-0002-4550-3061</t>
         </is>
       </c>
       <c r="J61" t="inlineStr"/>
       <c r="K61" t="inlineStr"/>
       <c r="L61" t="inlineStr"/>
       <c r="M61" t="inlineStr"/>
       <c r="N61" t="inlineStr"/>
       <c r="O61" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2021 (FI)</t>
         </is>
       </c>
       <c r="P61" t="inlineStr"/>
       <c r="Q61" t="inlineStr"/>
       <c r="R61" t="inlineStr"/>
       <c r="S61" t="inlineStr">
         <is>
           <t>Planned (FI)</t>
         </is>
       </c>
       <c r="T61" t="inlineStr">
         <is>
-          <t>Labelling opened (FI)</t>
+          <t>Planned (FI)</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>München</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>Ludwig-Maximilians-Universität München (LMU)</t>
         </is>
       </c>
       <c r="E62" t="n">
@@ -4462,51 +4484,51 @@
       </c>
       <c r="F63" t="n">
         <v>14.183</v>
       </c>
       <c r="G63" t="n">
         <v>118</v>
       </c>
       <c r="H63" t="inlineStr">
         <is>
           <t>Salvatore Amoruso</t>
         </is>
       </c>
       <c r="I63" t="inlineStr">
         <is>
           <t>0000-0002-1011-3215</t>
         </is>
       </c>
       <c r="J63" t="inlineStr">
         <is>
           <t>Andrea Danna</t>
         </is>
       </c>
       <c r="K63" t="inlineStr"/>
       <c r="L63" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2023 (IT)</t>
         </is>
       </c>
       <c r="M63" t="inlineStr"/>
       <c r="N63" t="inlineStr"/>
       <c r="O63" t="inlineStr">
         <is>
           <t>Submitted in November 2024</t>
         </is>
       </c>
       <c r="P63" t="inlineStr"/>
       <c r="Q63" t="inlineStr"/>
       <c r="R63" t="inlineStr"/>
       <c r="S63" t="inlineStr"/>
       <c r="T63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Czechia</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>National Atmospheric Observatory Kosetice</t>
         </is>
@@ -4588,57 +4610,57 @@
         </is>
       </c>
       <c r="E65" t="n">
         <v>60.083</v>
       </c>
       <c r="F65" t="n">
         <v>17.483</v>
       </c>
       <c r="G65" t="n">
         <v>46</v>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>Radovan Krejci</t>
         </is>
       </c>
       <c r="I65" t="inlineStr">
         <is>
           <t>0000-0002-9384-9702</t>
         </is>
       </c>
       <c r="J65" t="inlineStr"/>
       <c r="K65" t="inlineStr"/>
       <c r="L65" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2021 (SE)</t>
         </is>
       </c>
       <c r="M65" t="inlineStr"/>
       <c r="N65" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2023 (SE)</t>
         </is>
       </c>
       <c r="O65" t="inlineStr"/>
       <c r="P65" t="inlineStr"/>
       <c r="Q65" t="inlineStr"/>
       <c r="R65" t="inlineStr"/>
       <c r="S65" t="inlineStr"/>
       <c r="T65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Ny-Ålesund, Spitsbergen</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
@@ -4659,51 +4681,51 @@
       <c r="H66" t="inlineStr">
         <is>
           <t>Christoph Ritter</t>
         </is>
       </c>
       <c r="I66" t="inlineStr">
         <is>
           <t>0000-0003-1433-8371</t>
         </is>
       </c>
       <c r="J66" t="inlineStr">
         <is>
           <t>Mathias Palm</t>
         </is>
       </c>
       <c r="K66" t="inlineStr">
         <is>
           <t>0000-0001-7191-6911</t>
         </is>
       </c>
       <c r="L66" t="inlineStr"/>
       <c r="M66" t="inlineStr"/>
       <c r="N66" t="inlineStr"/>
       <c r="O66" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2023 (DE)</t>
         </is>
       </c>
       <c r="P66" t="inlineStr"/>
       <c r="Q66" t="inlineStr">
         <is>
           <t>Initially accepted in March 2025 (DE)</t>
         </is>
       </c>
       <c r="R66" t="inlineStr"/>
       <c r="S66" t="inlineStr"/>
       <c r="T66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Observatoire de Haute Provence (OHP-GEO)</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
@@ -4732,3130 +4754,2949 @@
       </c>
       <c r="I67" t="inlineStr">
         <is>
           <t>0000-0002-2339-3383</t>
         </is>
       </c>
       <c r="J67" t="inlineStr"/>
       <c r="K67" t="inlineStr"/>
       <c r="L67" t="inlineStr"/>
       <c r="M67" t="inlineStr"/>
       <c r="N67" t="inlineStr"/>
       <c r="O67" t="inlineStr">
         <is>
           <t>open</t>
         </is>
       </c>
       <c r="P67" t="inlineStr"/>
       <c r="Q67" t="inlineStr"/>
       <c r="R67" t="inlineStr"/>
       <c r="S67" t="inlineStr"/>
       <c r="T67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>Germany</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>Observatoire de Physique de l''Atmosphère à La Réunion (OPAR), Franco-Belgian site</t>
+          <t>OCEANET mobile shipborne remote sensing facility</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>Observational platform</t>
+          <t>Mobile platform</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>Royal Belgian Institute for Space Aeronomy (BIRA)</t>
+          <t>Leibniz Institute for Tropospheric Research (TROPOS)</t>
         </is>
       </c>
       <c r="E68" t="n">
-        <v>-21.1</v>
+        <v>51.35</v>
       </c>
       <c r="F68" t="n">
-        <v>55.4</v>
-[...2 lines deleted...]
-        <v>2200</v>
+        <v>12.43</v>
       </c>
       <c r="H68" t="inlineStr">
         <is>
-          <t>Martine De Mazière</t>
+          <t>Ronny Engelmann</t>
         </is>
       </c>
       <c r="I68" t="inlineStr">
         <is>
-          <t>0000-0003-4889-5889</t>
+          <t>0000-0003-4225-9961</t>
         </is>
       </c>
       <c r="J68" t="inlineStr">
         <is>
-          <t>Michel Van Roozendael</t>
-[...4 lines deleted...]
-          <t>0000-0002-9669-8444</t>
+          <t>Anett Skupin</t>
         </is>
       </c>
       <c r="L68" t="inlineStr"/>
       <c r="M68" t="inlineStr"/>
       <c r="N68" t="inlineStr"/>
-      <c r="O68" t="inlineStr"/>
+      <c r="O68" t="inlineStr">
+        <is>
+          <t>Planned for 2021 (DE)</t>
+        </is>
+      </c>
       <c r="P68" t="inlineStr"/>
-      <c r="Q68" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="Q68" t="inlineStr"/>
       <c r="R68" t="inlineStr"/>
-      <c r="S68" t="inlineStr"/>
-      <c r="T68" t="inlineStr"/>
+      <c r="S68" t="inlineStr">
+        <is>
+          <t>Planned (DE)</t>
+        </is>
+      </c>
+      <c r="T68" t="inlineStr">
+        <is>
+          <t>Planned (DE)</t>
+        </is>
+      </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Belgium, France</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>OCEANET mobile shipborne remote sensing facility</t>
+          <t>OPAR Observatoire de Physique de l'Atmosphère à La Réunion</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>Mobile platform</t>
+          <t>Observational platform</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>Leibniz Institute for Tropospheric Research (TROPOS)</t>
+          <t>French National Centre for Scientific Research (CNRS)
+Royal Belgian Institute for Space Aeronomy (BIRA)
+University of Reunion Island</t>
         </is>
       </c>
       <c r="E69" t="n">
-        <v>51.35</v>
+        <v>-21.079</v>
       </c>
       <c r="F69" t="n">
-        <v>12.43</v>
+        <v>55.383</v>
+      </c>
+      <c r="G69" t="n">
+        <v>2160</v>
       </c>
       <c r="H69" t="inlineStr">
         <is>
-          <t>Ronny Engelmann</t>
+          <t>Olivier Magand</t>
         </is>
       </c>
       <c r="I69" t="inlineStr">
         <is>
-          <t>0000-0003-4225-9961</t>
+          <t>0000-0001-8711-4155</t>
         </is>
       </c>
       <c r="J69" t="inlineStr">
         <is>
-          <t>Anett Skupin</t>
-[...2 lines deleted...]
-      <c r="L69" t="inlineStr"/>
+          <t>Bart Dils (for the RTGRS component)</t>
+        </is>
+      </c>
+      <c r="L69" t="inlineStr">
+        <is>
+          <t>Initially accepted in August 2023 (FR)</t>
+        </is>
+      </c>
       <c r="M69" t="inlineStr"/>
       <c r="N69" t="inlineStr"/>
       <c r="O69" t="inlineStr">
         <is>
-          <t>draft</t>
-[...3 lines deleted...]
-      <c r="Q69" t="inlineStr"/>
+          <t>Submitted in May 2023</t>
+        </is>
+      </c>
+      <c r="P69" t="inlineStr">
+        <is>
+          <t>Submitted in August 2025 (FR)</t>
+        </is>
+      </c>
+      <c r="Q69" t="inlineStr">
+        <is>
+          <t>Labelled (BE, FR)</t>
+        </is>
+      </c>
       <c r="R69" t="inlineStr"/>
-      <c r="S69" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="S69" t="inlineStr"/>
+      <c r="T69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Sweden</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>OPAR Observatoire de Physique de l''Atmosphère à La Réunion</t>
+          <t>Östergarnsholm</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>French National Centre for Scientific Research (CNRS)
-University of Reunion Island</t>
+          <t>Uppsala University</t>
         </is>
       </c>
       <c r="E70" t="n">
-        <v>-21.079</v>
+        <v>57.433</v>
       </c>
       <c r="F70" t="n">
-        <v>55.383</v>
-[...2 lines deleted...]
-        <v>2160</v>
+        <v>18.983</v>
       </c>
       <c r="H70" t="inlineStr">
         <is>
-          <t>Joel van Baelen</t>
+          <t>Anna Rutgersson</t>
+        </is>
+      </c>
+      <c r="I70" t="inlineStr">
+        <is>
+          <t>0000-0001-7656-1881</t>
         </is>
       </c>
       <c r="J70" t="inlineStr"/>
       <c r="K70" t="inlineStr"/>
       <c r="L70" t="inlineStr">
         <is>
-          <t>Initially accepted in August 2023 (FR)</t>
+          <t>Planned for 2023 (SE)</t>
         </is>
       </c>
       <c r="M70" t="inlineStr"/>
       <c r="N70" t="inlineStr"/>
-      <c r="O70" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="O70" t="inlineStr"/>
+      <c r="P70" t="inlineStr"/>
+      <c r="Q70" t="inlineStr"/>
       <c r="R70" t="inlineStr"/>
       <c r="S70" t="inlineStr"/>
       <c r="T70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>Sweden</t>
+          <t>Switzerland</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>Östergarnsholm</t>
+          <t>PACS</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>Observational platform</t>
+          <t>Atmospheric simulation chamber</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>Uppsala University</t>
+          <t>Paul Scherrer Institute (PSI)</t>
         </is>
       </c>
       <c r="E71" t="n">
-        <v>57.433</v>
+        <v>47.539</v>
       </c>
       <c r="F71" t="n">
-        <v>18.983</v>
+        <v>8.228999999999999</v>
+      </c>
+      <c r="G71" t="n">
+        <v>335</v>
       </c>
       <c r="H71" t="inlineStr">
         <is>
-          <t>Anna Rutgersson</t>
+          <t>David Bell</t>
         </is>
       </c>
       <c r="I71" t="inlineStr">
         <is>
-          <t>0000-0001-7656-1881</t>
-[...3 lines deleted...]
-      <c r="K71" t="inlineStr"/>
+          <t>0000-0002-3958-2138</t>
+        </is>
+      </c>
+      <c r="J71" t="inlineStr">
+        <is>
+          <t>Imad El Haddad</t>
+        </is>
+      </c>
+      <c r="K71" t="inlineStr">
+        <is>
+          <t>0000-0002-2461-7238</t>
+        </is>
+      </c>
       <c r="L71" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Initially accepted in December 2025 (CH)</t>
         </is>
       </c>
       <c r="M71" t="inlineStr"/>
-      <c r="N71" t="inlineStr"/>
+      <c r="N71" t="inlineStr">
+        <is>
+          <t>Initially accepted in December 2025 (CH)</t>
+        </is>
+      </c>
       <c r="O71" t="inlineStr"/>
       <c r="P71" t="inlineStr"/>
       <c r="Q71" t="inlineStr"/>
-      <c r="R71" t="inlineStr"/>
+      <c r="R71" t="inlineStr">
+        <is>
+          <t>Initially accepted in December 2025 (CH)</t>
+        </is>
+      </c>
       <c r="S71" t="inlineStr"/>
-      <c r="T71" t="inlineStr"/>
+      <c r="T71" t="inlineStr">
+        <is>
+          <t>Initially accepted in December 2025 (CH)</t>
+        </is>
+      </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Finland</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>PACS</t>
+          <t>Pallas Atmosphere-Ecosystem Supersite</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>Atmospheric simulation chamber</t>
+          <t>Observational platform</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>Paul Scherrer Institute (PSI)</t>
+          <t>Finnish Meteorological Institute (FMI)</t>
         </is>
       </c>
       <c r="E72" t="n">
-        <v>47.539</v>
+        <v>67.973</v>
       </c>
       <c r="F72" t="n">
-        <v>8.228999999999999</v>
+        <v>24.116</v>
       </c>
       <c r="G72" t="n">
-        <v>335</v>
+        <v>565</v>
       </c>
       <c r="H72" t="inlineStr">
         <is>
-          <t>David Bell</t>
+          <t>Antti Hyvärinen</t>
         </is>
       </c>
       <c r="I72" t="inlineStr">
         <is>
-          <t>0000-0002-3958-2138</t>
-[...11 lines deleted...]
-      </c>
+          <t>0000-0001-6672-5109</t>
+        </is>
+      </c>
+      <c r="J72" t="inlineStr"/>
+      <c r="K72" t="inlineStr"/>
       <c r="L72" t="inlineStr">
         <is>
-          <t>draft</t>
-[...2 lines deleted...]
-      <c r="M72" t="inlineStr"/>
+          <t>Initially accepted in December 2022 (FI)</t>
+        </is>
+      </c>
+      <c r="M72" t="inlineStr">
+        <is>
+          <t>open</t>
+        </is>
+      </c>
       <c r="N72" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Initially accepted in June 2024 (FI)</t>
         </is>
       </c>
       <c r="O72" t="inlineStr"/>
-      <c r="P72" t="inlineStr"/>
+      <c r="P72" t="inlineStr">
+        <is>
+          <t>Initially accepted in January 2026 (FI)</t>
+        </is>
+      </c>
       <c r="Q72" t="inlineStr"/>
-      <c r="R72" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R72" t="inlineStr"/>
       <c r="S72" t="inlineStr"/>
-      <c r="T72" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="T72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>Finland</t>
+          <t>Switzerland</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>Pallas Atmosphere-Ecosystem Supersite</t>
+          <t>Payerne</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>Finnish Meteorological Institute (FMI)</t>
+          <t>Federal Office of Meteorology and Climatology (MeteoSwiss)
+Paul Scherrer Institute (PSI)
+Swiss Federal Laboratories for Materials Science and Technology (EMPA)
+University of Bern (UniBE)</t>
         </is>
       </c>
       <c r="E73" t="n">
-        <v>67.973</v>
+        <v>46.813</v>
       </c>
       <c r="F73" t="n">
-        <v>24.116</v>
+        <v>6.944</v>
       </c>
       <c r="G73" t="n">
-        <v>565</v>
+        <v>489</v>
       </c>
       <c r="H73" t="inlineStr">
         <is>
-          <t>Antti Hyvärinen</t>
+          <t>Martine Collaud Coen</t>
         </is>
       </c>
       <c r="I73" t="inlineStr">
         <is>
-          <t>0000-0001-6672-5109</t>
-[...3 lines deleted...]
-      <c r="K73" t="inlineStr"/>
+          <t>0000-0001-6482-2941</t>
+        </is>
+      </c>
+      <c r="J73" t="inlineStr">
+        <is>
+          <t>Renaud Matthey</t>
+        </is>
+      </c>
       <c r="L73" t="inlineStr">
         <is>
-          <t>Initially accepted in December 2022 (FI)</t>
-[...12 lines deleted...]
-      <c r="O73" t="inlineStr"/>
+          <t>Submitted in January 2026 (CH)</t>
+        </is>
+      </c>
+      <c r="M73" t="inlineStr"/>
+      <c r="N73" t="inlineStr"/>
+      <c r="O73" t="inlineStr">
+        <is>
+          <t>Submitted in December 2024 (CH)</t>
+        </is>
+      </c>
       <c r="P73" t="inlineStr">
         <is>
-          <t>Submitted in April 2024</t>
+          <t>Initially accepted in June 2025 (CH)</t>
         </is>
       </c>
       <c r="Q73" t="inlineStr"/>
       <c r="R73" t="inlineStr"/>
       <c r="S73" t="inlineStr"/>
       <c r="T73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>France</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>Payerne</t>
+          <t>Pyrenean Platform for Observation of the Atmosphere (P2OA)</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>Federal Office of Meteorology and Climatology (MeteoSwiss)
-[...2 lines deleted...]
-University of Bern (UniBE)</t>
+          <t>French National Centre for Scientific Research (CNRS)
+Université de Toulouse (UT)</t>
         </is>
       </c>
       <c r="E74" t="n">
-        <v>46.813</v>
+        <v>42.936</v>
       </c>
       <c r="F74" t="n">
-        <v>6.944</v>
+        <v>0.142</v>
       </c>
       <c r="G74" t="n">
-        <v>489</v>
+        <v>2877</v>
       </c>
       <c r="H74" t="inlineStr">
         <is>
-          <t>Martine Collaud Coen</t>
+          <t>Francois Gheusi</t>
         </is>
       </c>
       <c r="I74" t="inlineStr">
         <is>
-          <t>0000-0001-6482-2941</t>
+          <t>0000-0002-1372-7415</t>
         </is>
       </c>
       <c r="J74" t="inlineStr">
         <is>
-          <t>Renaud Matthey</t>
+          <t>Véronique Pont</t>
         </is>
       </c>
       <c r="L74" t="inlineStr">
         <is>
-          <t>Labelling opened (CH)</t>
+          <t>Submitted in June 2024</t>
         </is>
       </c>
       <c r="M74" t="inlineStr"/>
-      <c r="N74" t="inlineStr"/>
-[...9 lines deleted...]
-      </c>
+      <c r="N74" t="inlineStr">
+        <is>
+          <t>Planned for 2023 (FR)</t>
+        </is>
+      </c>
+      <c r="O74" t="inlineStr"/>
+      <c r="P74" t="inlineStr"/>
       <c r="Q74" t="inlineStr"/>
       <c r="R74" t="inlineStr"/>
       <c r="S74" t="inlineStr"/>
       <c r="T74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>Pyrenean Platform for Observation of the Atmosphere (P2OA)</t>
+          <t>Quartz Glass Reactor (QUAREC)</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>Observational platform</t>
+          <t>Atmospheric simulation chamber</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>French National Centre for Scientific Research (CNRS)
-Université de Toulouse (UT)</t>
+          <t>University of Wuppertal (BUW)</t>
         </is>
       </c>
       <c r="E75" t="n">
-        <v>42.936</v>
+        <v>51.24</v>
       </c>
       <c r="F75" t="n">
-        <v>0.142</v>
+        <v>7.15</v>
       </c>
       <c r="G75" t="n">
-        <v>2877</v>
+        <v>240</v>
       </c>
       <c r="H75" t="inlineStr">
         <is>
-          <t>Francois Gheusi</t>
-[...4 lines deleted...]
-          <t>0000-0002-1372-7415</t>
+          <t>Iulia Patroescu-Klotz</t>
         </is>
       </c>
       <c r="J75" t="inlineStr">
         <is>
-          <t>Véronique Pont</t>
+          <t>Niklas Illmann</t>
         </is>
       </c>
       <c r="L75" t="inlineStr">
         <is>
-          <t>Submitted in June 2024</t>
+          <t>Planned for 2022 (DE)</t>
         </is>
       </c>
       <c r="M75" t="inlineStr"/>
       <c r="N75" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2022 (DE)</t>
         </is>
       </c>
       <c r="O75" t="inlineStr"/>
       <c r="P75" t="inlineStr"/>
       <c r="Q75" t="inlineStr"/>
-      <c r="R75" t="inlineStr"/>
+      <c r="R75" t="inlineStr">
+        <is>
+          <t>Planned (DE)</t>
+        </is>
+      </c>
       <c r="S75" t="inlineStr"/>
-      <c r="T75" t="inlineStr"/>
+      <c r="T75" t="inlineStr">
+        <is>
+          <t>Planned (DE)</t>
+        </is>
+      </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Poland</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Quartz Glass Reactor (QUAREC)</t>
+          <t>Racibórz</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>Atmospheric simulation chamber</t>
+          <t>Observational platform</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>University of Wuppertal (BUW)</t>
+          <t>Institute of Environmental Engineering
+Institute of Geophysics (IGF PAN)
+Institute of Meteorology and Water Management National Research Institute</t>
         </is>
       </c>
       <c r="E76" t="n">
-        <v>51.24</v>
+        <v>50.084</v>
       </c>
       <c r="F76" t="n">
-        <v>7.15</v>
+        <v>18.192</v>
       </c>
       <c r="G76" t="n">
-        <v>240</v>
+        <v>215</v>
       </c>
       <c r="H76" t="inlineStr">
         <is>
-          <t>Peter Wiesen</t>
+          <t>Artur Szkop</t>
         </is>
       </c>
       <c r="I76" t="inlineStr">
         <is>
-          <t>0000-0002-7967-1258</t>
+          <t>0000-0001-5013-6991</t>
         </is>
       </c>
       <c r="J76" t="inlineStr"/>
       <c r="K76" t="inlineStr"/>
       <c r="L76" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Initially accepted in March 2024 (PL)</t>
         </is>
       </c>
       <c r="M76" t="inlineStr"/>
-      <c r="N76" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O76" t="inlineStr"/>
+      <c r="N76" t="inlineStr"/>
+      <c r="O76" t="inlineStr">
+        <is>
+          <t>Planned for 2024 (PL)</t>
+        </is>
+      </c>
       <c r="P76" t="inlineStr"/>
       <c r="Q76" t="inlineStr"/>
-      <c r="R76" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R76" t="inlineStr"/>
       <c r="S76" t="inlineStr"/>
-      <c r="T76" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="T76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>Romania</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>Racibórz</t>
+          <t>RADO-Bucharest</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>Institute of Environmental Engineering
-[...1 lines deleted...]
-Institute of Meteorology and Water Management National Research Institute</t>
+          <t>National Institute of Research and Development for Optoelectronics (INOE)</t>
         </is>
       </c>
       <c r="E77" t="n">
-        <v>50.084</v>
+        <v>44.348</v>
       </c>
       <c r="F77" t="n">
-        <v>18.192</v>
+        <v>26.029</v>
       </c>
       <c r="G77" t="n">
-        <v>215</v>
+        <v>93</v>
       </c>
       <c r="H77" t="inlineStr">
         <is>
-          <t>Artur Szkop</t>
+          <t>Jeni Vasilescu</t>
         </is>
       </c>
       <c r="I77" t="inlineStr">
         <is>
-          <t>0000-0001-5013-6991</t>
-[...3 lines deleted...]
-      <c r="K77" t="inlineStr"/>
+          <t>0000-0002-1256-8838</t>
+        </is>
+      </c>
+      <c r="J77" t="inlineStr">
+        <is>
+          <t>Doina Nicolae</t>
+        </is>
+      </c>
       <c r="L77" t="inlineStr">
         <is>
-          <t>Initially accepted in March 2024 (PL)</t>
+          <t>Initially accepted in December 2022 (RO)</t>
         </is>
       </c>
       <c r="M77" t="inlineStr"/>
       <c r="N77" t="inlineStr"/>
       <c r="O77" t="inlineStr">
         <is>
-          <t>draft</t>
-[...2 lines deleted...]
-      <c r="P77" t="inlineStr"/>
+          <t>Labelled (RO)</t>
+        </is>
+      </c>
+      <c r="P77" t="inlineStr">
+        <is>
+          <t>Initially accepted in May 2023 (RO)</t>
+        </is>
+      </c>
       <c r="Q77" t="inlineStr"/>
       <c r="R77" t="inlineStr"/>
       <c r="S77" t="inlineStr"/>
       <c r="T77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>Romania</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>RADO-Bucharest</t>
+          <t>RADO-Cluj</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>National Institute of Research and Development for Optoelectronics (INOE)</t>
+          <t>Babeș-Bolyai University (UBB)</t>
         </is>
       </c>
       <c r="E78" t="n">
-        <v>44.348</v>
+        <v>46.766</v>
       </c>
       <c r="F78" t="n">
-        <v>26.029</v>
+        <v>23.583</v>
       </c>
       <c r="G78" t="n">
-        <v>93</v>
+        <v>352</v>
       </c>
       <c r="H78" t="inlineStr">
         <is>
-          <t>Jeni Vasilescu</t>
+          <t>Nicolae Ajtai</t>
         </is>
       </c>
       <c r="I78" t="inlineStr">
         <is>
-          <t>0000-0002-1256-8838</t>
+          <t>0000-0002-2042-1967</t>
         </is>
       </c>
       <c r="J78" t="inlineStr">
         <is>
-          <t>Doina Nicolae</t>
-[...6 lines deleted...]
-      </c>
+          <t>Horatiu Stefanie</t>
+        </is>
+      </c>
+      <c r="K78" t="inlineStr">
+        <is>
+          <t>0000-0002-5741-1527</t>
+        </is>
+      </c>
+      <c r="L78" t="inlineStr"/>
       <c r="M78" t="inlineStr"/>
       <c r="N78" t="inlineStr"/>
       <c r="O78" t="inlineStr">
         <is>
-          <t>Initially accepted in March 2023 (RO)</t>
+          <t>Initially accepted in December 2023 (RO)</t>
         </is>
       </c>
       <c r="P78" t="inlineStr">
         <is>
-          <t>Initially accepted in May 2023 (RO)</t>
+          <t>Initially accepted in May 2025 (RO)</t>
         </is>
       </c>
       <c r="Q78" t="inlineStr"/>
       <c r="R78" t="inlineStr"/>
       <c r="S78" t="inlineStr"/>
       <c r="T78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>Romania</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>RADO-Cluj</t>
+          <t>RADO-Galati</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>Babeș-Bolyai University (UBB)</t>
+          <t>"Dunarea de Jos" University of Galati (DJUG)</t>
         </is>
       </c>
       <c r="E79" t="n">
-        <v>46.766</v>
+        <v>45.438</v>
       </c>
       <c r="F79" t="n">
-        <v>23.583</v>
+        <v>28.056</v>
       </c>
       <c r="G79" t="n">
-        <v>352</v>
-[...20 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H79" t="inlineStr"/>
+      <c r="I79" t="inlineStr"/>
+      <c r="J79" t="inlineStr"/>
+      <c r="K79" t="inlineStr"/>
       <c r="L79" t="inlineStr"/>
       <c r="M79" t="inlineStr"/>
       <c r="N79" t="inlineStr"/>
-      <c r="O79" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O79" t="inlineStr"/>
       <c r="P79" t="inlineStr">
         <is>
-          <t>Initially accepted in May 2025 (RO)</t>
+          <t>Initially accepted in October 2023 (RO)</t>
         </is>
       </c>
       <c r="Q79" t="inlineStr"/>
       <c r="R79" t="inlineStr"/>
       <c r="S79" t="inlineStr"/>
       <c r="T79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>Romania</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>RADO-Galati</t>
+          <t>RADO-Iasi</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>"Dunarea de Jos" University of Galati (DJUG)</t>
+          <t>Alexandru Ioan Cuza University</t>
         </is>
       </c>
       <c r="E80" t="n">
-        <v>45.438</v>
+        <v>47.166</v>
       </c>
       <c r="F80" t="n">
-        <v>28.056</v>
+        <v>27.566</v>
       </c>
       <c r="G80" t="n">
-        <v>35</v>
-[...2 lines deleted...]
-      <c r="I80" t="inlineStr"/>
+        <v>66</v>
+      </c>
+      <c r="H80" t="inlineStr">
+        <is>
+          <t>Silviu Gurlui</t>
+        </is>
+      </c>
+      <c r="I80" t="inlineStr">
+        <is>
+          <t>0000-0003-2248-9954</t>
+        </is>
+      </c>
       <c r="J80" t="inlineStr"/>
       <c r="K80" t="inlineStr"/>
       <c r="L80" t="inlineStr"/>
       <c r="M80" t="inlineStr"/>
       <c r="N80" t="inlineStr"/>
-      <c r="O80" t="inlineStr"/>
-[...4 lines deleted...]
-      </c>
+      <c r="O80" t="inlineStr">
+        <is>
+          <t>open</t>
+        </is>
+      </c>
+      <c r="P80" t="inlineStr"/>
       <c r="Q80" t="inlineStr"/>
       <c r="R80" t="inlineStr"/>
       <c r="S80" t="inlineStr"/>
       <c r="T80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>Romania</t>
+          <t>Denmark</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>RADO-Iasi</t>
+          <t>Risoe Research Station</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>Alexandru Ioan Cuza University</t>
+          <t>Aarhus University (AU)
+Technical University of Denmark (DTU)</t>
         </is>
       </c>
       <c r="E81" t="n">
-        <v>47.166</v>
+        <v>55.63</v>
       </c>
       <c r="F81" t="n">
-        <v>27.566</v>
+        <v>12.1</v>
       </c>
       <c r="G81" t="n">
-        <v>66</v>
+        <v>5</v>
       </c>
       <c r="H81" t="inlineStr">
         <is>
-          <t>Silviu Gurlui</t>
+          <t>Andreas Massling</t>
         </is>
       </c>
       <c r="I81" t="inlineStr">
         <is>
-          <t>0000-0003-2248-9954</t>
+          <t>0000-0001-8046-2798</t>
         </is>
       </c>
       <c r="J81" t="inlineStr"/>
       <c r="K81" t="inlineStr"/>
-      <c r="L81" t="inlineStr"/>
+      <c r="L81" t="inlineStr">
+        <is>
+          <t>open</t>
+        </is>
+      </c>
       <c r="M81" t="inlineStr"/>
       <c r="N81" t="inlineStr"/>
-      <c r="O81" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O81" t="inlineStr"/>
       <c r="P81" t="inlineStr"/>
       <c r="Q81" t="inlineStr"/>
       <c r="R81" t="inlineStr"/>
       <c r="S81" t="inlineStr"/>
       <c r="T81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>Denmark</t>
+          <t>Netherlands</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>Risoe Research Station</t>
+          <t>Ruisdael Observatory: Cabauw</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>Aarhus University (AU)
-Technical University of Denmark (DTU)</t>
+          <t>Royal Netherlands Meteorological Institute (KNMI)</t>
         </is>
       </c>
       <c r="E82" t="n">
-        <v>55.63</v>
+        <v>51.971</v>
       </c>
       <c r="F82" t="n">
-        <v>12.1</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>4.927</v>
       </c>
       <c r="H82" t="inlineStr">
         <is>
-          <t>Andreas Massling</t>
+          <t>Arnoud Apituley</t>
         </is>
       </c>
       <c r="I82" t="inlineStr">
         <is>
-          <t>0000-0001-8046-2798</t>
+          <t>0000-0001-8821-6348</t>
         </is>
       </c>
       <c r="J82" t="inlineStr"/>
       <c r="K82" t="inlineStr"/>
       <c r="L82" t="inlineStr">
         <is>
+          <t>Submitted in October 2024</t>
+        </is>
+      </c>
+      <c r="M82" t="inlineStr"/>
+      <c r="N82" t="inlineStr">
+        <is>
+          <t>Planned for 2022 (NL)</t>
+        </is>
+      </c>
+      <c r="O82" t="inlineStr">
+        <is>
           <t>open</t>
         </is>
       </c>
-      <c r="M82" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="Q82" t="inlineStr"/>
+      <c r="P82" t="inlineStr">
+        <is>
+          <t>Submitted in February 2025</t>
+        </is>
+      </c>
+      <c r="Q82" t="inlineStr">
+        <is>
+          <t>Planned for 2022 (NL)</t>
+        </is>
+      </c>
       <c r="R82" t="inlineStr"/>
       <c r="S82" t="inlineStr"/>
       <c r="T82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Poland</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>Ruisdael Observatory: Cabauw</t>
+          <t>Rzecin</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>Royal Netherlands Meteorological Institute (KNMI)</t>
+          <t>University of Life Sciences in Poznań
+University of Warsaw (UW)</t>
         </is>
       </c>
       <c r="E83" t="n">
-        <v>51.971</v>
+        <v>52.759</v>
       </c>
       <c r="F83" t="n">
-        <v>4.927</v>
+        <v>16.31</v>
+      </c>
+      <c r="G83" t="n">
+        <v>59</v>
       </c>
       <c r="H83" t="inlineStr">
         <is>
-          <t>Arnoud Apituley</t>
+          <t>Bogdan Chojnicki</t>
         </is>
       </c>
       <c r="I83" t="inlineStr">
         <is>
-          <t>0000-0001-8821-6348</t>
-[...8 lines deleted...]
-      </c>
+          <t>0000-0002-9012-4060</t>
+        </is>
+      </c>
+      <c r="J83" t="inlineStr">
+        <is>
+          <t>Patryk Poczta</t>
+        </is>
+      </c>
+      <c r="K83" t="inlineStr">
+        <is>
+          <t>0000-0002-1058-8616</t>
+        </is>
+      </c>
+      <c r="L83" t="inlineStr"/>
       <c r="M83" t="inlineStr"/>
-      <c r="N83" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N83" t="inlineStr"/>
       <c r="O83" t="inlineStr">
         <is>
+          <t>Planned for 2025 (PL)</t>
+        </is>
+      </c>
+      <c r="P83" t="inlineStr">
+        <is>
           <t>open</t>
         </is>
       </c>
-      <c r="P83" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="Q83" t="inlineStr"/>
       <c r="R83" t="inlineStr"/>
       <c r="S83" t="inlineStr"/>
       <c r="T83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>Germany</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>Rzecin</t>
+          <t>Schmücke</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>University of Life Sciences in Poznań
-University of Warsaw (UW)</t>
+          <t>German Federal Environment Agency (UBA)
+Leibniz Institute for Tropospheric Research (TROPOS)</t>
         </is>
       </c>
       <c r="E84" t="n">
-        <v>52.759</v>
+        <v>50.65</v>
       </c>
       <c r="F84" t="n">
-        <v>16.31</v>
+        <v>10.77</v>
       </c>
       <c r="G84" t="n">
-        <v>59</v>
+        <v>937</v>
       </c>
       <c r="H84" t="inlineStr">
         <is>
-          <t>Bogdan Chojnicki</t>
-[...6 lines deleted...]
-      </c>
+          <t>Dominik van Pinxteren</t>
+        </is>
+      </c>
+      <c r="I84" t="inlineStr"/>
       <c r="J84" t="inlineStr">
         <is>
-          <t>Patryk Poczta</t>
-[...19 lines deleted...]
-      </c>
+          <t>Franziska Bachmeier</t>
+        </is>
+      </c>
+      <c r="L84" t="inlineStr">
+        <is>
+          <t>Planned for 2024 (DE)</t>
+        </is>
+      </c>
+      <c r="M84" t="inlineStr">
+        <is>
+          <t>Planned for 2024 (DE)</t>
+        </is>
+      </c>
+      <c r="N84" t="inlineStr">
+        <is>
+          <t>Submitted in March 2025</t>
+        </is>
+      </c>
+      <c r="O84" t="inlineStr"/>
+      <c r="P84" t="inlineStr"/>
       <c r="Q84" t="inlineStr"/>
       <c r="R84" t="inlineStr"/>
       <c r="S84" t="inlineStr"/>
       <c r="T84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>Schmücke</t>
+          <t>Simulation of Atmospheric PHotochemistry In a large Reaction Chamber (SAPHIR)</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>Observational platform</t>
+          <t>Atmospheric simulation chamber</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>German Federal Environment Agency (UBA)
-Leibniz Institute for Tropospheric Research (TROPOS)</t>
+          <t>Forschungszentrum Jülich (FZJ)</t>
         </is>
       </c>
       <c r="E85" t="n">
-        <v>50.65</v>
+        <v>50.91</v>
       </c>
       <c r="F85" t="n">
-        <v>10.77</v>
+        <v>6.41</v>
       </c>
       <c r="G85" t="n">
-        <v>937</v>
+        <v>90</v>
       </c>
       <c r="H85" t="inlineStr">
         <is>
-          <t>Dominik van Pinxteren</t>
-[...2 lines deleted...]
-      <c r="I85" t="inlineStr"/>
+          <t>Hendrik Fuchs</t>
+        </is>
+      </c>
+      <c r="I85" t="inlineStr">
+        <is>
+          <t>0000-0003-1263-0061</t>
+        </is>
+      </c>
       <c r="J85" t="inlineStr">
         <is>
-          <t>Franziska Bachmeier</t>
+          <t>Anna Novelli</t>
+        </is>
+      </c>
+      <c r="K85" t="inlineStr">
+        <is>
+          <t>0000-0003-2077-7573</t>
         </is>
       </c>
       <c r="L85" t="inlineStr">
         <is>
-          <t>draft</t>
-[...6 lines deleted...]
-      </c>
+          <t>Planned for 2022 (DE)</t>
+        </is>
+      </c>
+      <c r="M85" t="inlineStr"/>
       <c r="N85" t="inlineStr">
         <is>
-          <t>Submitted in March 2025</t>
+          <t>Planned for 2023 (DE)</t>
         </is>
       </c>
       <c r="O85" t="inlineStr"/>
       <c r="P85" t="inlineStr"/>
       <c r="Q85" t="inlineStr"/>
-      <c r="R85" t="inlineStr"/>
+      <c r="R85" t="inlineStr">
+        <is>
+          <t>Planned (DE)</t>
+        </is>
+      </c>
       <c r="S85" t="inlineStr"/>
-      <c r="T85" t="inlineStr"/>
+      <c r="T85" t="inlineStr">
+        <is>
+          <t>Planned (DE)</t>
+        </is>
+      </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>France</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>Scientific Station of the Jungfraujoch, Swiss-Belgian site</t>
+          <t>Site d’observation atmosphériques Puy de Dôme/ Opme/Cézeaux (COPDD)</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>Royal Belgian Institute for Space Aeronomy (BIRA)
-University of Liège</t>
+          <t>French National Centre for Scientific Research (CNRS)
+University of Clermont Auvergne</t>
         </is>
       </c>
       <c r="E86" t="n">
-        <v>46.55</v>
+        <v>45.772</v>
       </c>
       <c r="F86" t="n">
-        <v>7.89</v>
+        <v>2.965</v>
       </c>
       <c r="G86" t="n">
-        <v>3580</v>
+        <v>1465</v>
       </c>
       <c r="H86" t="inlineStr">
         <is>
-          <t>Emmanuel Mahieu</t>
+          <t>Jean Luc Baray</t>
         </is>
       </c>
       <c r="I86" t="inlineStr">
         <is>
-          <t>0000-0002-5251-0286</t>
-[...12 lines deleted...]
-      <c r="L86" t="inlineStr"/>
+          <t>0000-0003-4711-6310</t>
+        </is>
+      </c>
+      <c r="J86" t="inlineStr"/>
+      <c r="K86" t="inlineStr"/>
+      <c r="L86" t="inlineStr">
+        <is>
+          <t>Initially accepted in October 2025 (FR)</t>
+        </is>
+      </c>
       <c r="M86" t="inlineStr"/>
-      <c r="N86" t="inlineStr"/>
-      <c r="O86" t="inlineStr"/>
+      <c r="N86" t="inlineStr">
+        <is>
+          <t>Submitted in April 2024 (FR)</t>
+        </is>
+      </c>
+      <c r="O86" t="inlineStr">
+        <is>
+          <t>Labelled (FR)</t>
+        </is>
+      </c>
       <c r="P86" t="inlineStr"/>
-      <c r="Q86" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="Q86" t="inlineStr"/>
       <c r="R86" t="inlineStr"/>
       <c r="S86" t="inlineStr"/>
       <c r="T86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>Simulation of Atmospheric PHotochemistry In a large Reaction Chamber (SAPHIR)</t>
+          <t>Site Instrumental de Recherche par Télédétection Atmosphérique (SIRTA)</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>Atmospheric simulation chamber</t>
+          <t>Observational platform</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
-        <is>
-[...139 lines deleted...]
-      <c r="D89" t="inlineStr">
         <is>
           <t>Atomic Energy and Alternative Energies Commission (CEA)
 École Polytechnique
 French National Centre for Scientific Research (CNRS)
 French National Institute for Industrial Environment and Risks (INERIS)
 Versailles Saint-Quentin-en-Yvelines University (UVSQ)</t>
         </is>
       </c>
+      <c r="E87" t="n">
+        <v>48.717</v>
+      </c>
+      <c r="F87" t="n">
+        <v>2.207</v>
+      </c>
+      <c r="G87" t="n">
+        <v>160</v>
+      </c>
+      <c r="H87" t="inlineStr">
+        <is>
+          <t>Martial Haeffelin</t>
+        </is>
+      </c>
+      <c r="I87" t="inlineStr">
+        <is>
+          <t>0000-0001-9889-1507</t>
+        </is>
+      </c>
+      <c r="J87" t="inlineStr">
+        <is>
+          <t>Jean-Charles Dupont</t>
+        </is>
+      </c>
+      <c r="L87" t="inlineStr">
+        <is>
+          <t>Submitted in March 2024</t>
+        </is>
+      </c>
+      <c r="M87" t="inlineStr"/>
+      <c r="N87" t="inlineStr">
+        <is>
+          <t>Submitted in September 2024</t>
+        </is>
+      </c>
+      <c r="O87" t="inlineStr">
+        <is>
+          <t>Submitted in September 2023 (FR)</t>
+        </is>
+      </c>
+      <c r="P87" t="inlineStr">
+        <is>
+          <t>Submitted in March 2023</t>
+        </is>
+      </c>
+      <c r="Q87" t="inlineStr"/>
+      <c r="R87" t="inlineStr"/>
+      <c r="S87" t="inlineStr"/>
+      <c r="T87" t="inlineStr"/>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>Finland</t>
+        </is>
+      </c>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>SMEAR II (Hyytiälä)</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>Observational platform</t>
+        </is>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>University of Helsinki (UH)</t>
+        </is>
+      </c>
+      <c r="E88" t="n">
+        <v>61.85</v>
+      </c>
+      <c r="F88" t="n">
+        <v>24.283</v>
+      </c>
+      <c r="G88" t="n">
+        <v>181</v>
+      </c>
+      <c r="H88" t="inlineStr">
+        <is>
+          <t>Tuukka Petäjä</t>
+        </is>
+      </c>
+      <c r="I88" t="inlineStr">
+        <is>
+          <t>0000-0002-1881-9044</t>
+        </is>
+      </c>
+      <c r="J88" t="inlineStr"/>
+      <c r="K88" t="inlineStr"/>
+      <c r="L88" t="inlineStr">
+        <is>
+          <t>Initially accepted in December 2022 (FI)</t>
+        </is>
+      </c>
+      <c r="M88" t="inlineStr"/>
+      <c r="N88" t="inlineStr">
+        <is>
+          <t>Initially accepted in June 2023 (FI)</t>
+        </is>
+      </c>
+      <c r="O88" t="inlineStr">
+        <is>
+          <t>Planned for 2025 (FI)</t>
+        </is>
+      </c>
+      <c r="P88" t="inlineStr">
+        <is>
+          <t>Initially accepted in September 2023 (FI)</t>
+        </is>
+      </c>
+      <c r="Q88" t="inlineStr"/>
+      <c r="R88" t="inlineStr"/>
+      <c r="S88" t="inlineStr"/>
+      <c r="T88" t="inlineStr"/>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t>Finland</t>
+        </is>
+      </c>
+      <c r="B89" t="inlineStr">
+        <is>
+          <t>SMEAR III (Helsinki)</t>
+        </is>
+      </c>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>Observational platform</t>
+        </is>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>Finnish Meteorological Institute (FMI)
+University of Helsinki (UH)</t>
+        </is>
+      </c>
       <c r="E89" t="n">
-        <v>48.717</v>
+        <v>60.2</v>
       </c>
       <c r="F89" t="n">
-        <v>2.207</v>
+        <v>24.967</v>
       </c>
       <c r="G89" t="n">
-        <v>160</v>
+        <v>26</v>
       </c>
       <c r="H89" t="inlineStr">
         <is>
-          <t>Martial Haeffelin</t>
+          <t>Leena Järvi</t>
         </is>
       </c>
       <c r="I89" t="inlineStr">
         <is>
-          <t>0000-0001-9889-1507</t>
+          <t>0000-0002-5224-3448</t>
         </is>
       </c>
       <c r="J89" t="inlineStr">
         <is>
-          <t>Jean-Charles Dupont</t>
+          <t>Tuukka Petäjä</t>
+        </is>
+      </c>
+      <c r="K89" t="inlineStr">
+        <is>
+          <t>0000-0002-1881-9044</t>
         </is>
       </c>
       <c r="L89" t="inlineStr">
         <is>
-          <t>Submitted in March 2024</t>
+          <t>Initially accepted in April 2025 (FI)</t>
         </is>
       </c>
       <c r="M89" t="inlineStr"/>
       <c r="N89" t="inlineStr">
         <is>
-          <t>Submitted in September 2024</t>
-[...11 lines deleted...]
-      </c>
+          <t>Planned for 2023 (FI)</t>
+        </is>
+      </c>
+      <c r="O89" t="inlineStr"/>
+      <c r="P89" t="inlineStr"/>
       <c r="Q89" t="inlineStr"/>
       <c r="R89" t="inlineStr"/>
       <c r="S89" t="inlineStr"/>
       <c r="T89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>Finland</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>SMEAR II (Hyytiälä)</t>
+          <t>SMEAR I (Värriö)</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
           <t>University of Helsinki (UH)</t>
         </is>
       </c>
       <c r="E90" t="n">
-        <v>61.85</v>
+        <v>67.767</v>
       </c>
       <c r="F90" t="n">
-        <v>24.283</v>
+        <v>29.583</v>
       </c>
       <c r="G90" t="n">
-        <v>181</v>
+        <v>400</v>
       </c>
       <c r="H90" t="inlineStr">
         <is>
           <t>Tuukka Petäjä</t>
         </is>
       </c>
       <c r="I90" t="inlineStr">
         <is>
           <t>0000-0002-1881-9044</t>
         </is>
       </c>
       <c r="J90" t="inlineStr"/>
       <c r="K90" t="inlineStr"/>
       <c r="L90" t="inlineStr">
         <is>
-          <t>Initially accepted in December 2022 (FI)</t>
-[...2 lines deleted...]
-      <c r="M90" t="inlineStr"/>
+          <t>Initially accepted in April 2025 (FI)</t>
+        </is>
+      </c>
+      <c r="M90" t="inlineStr">
+        <is>
+          <t>Planned for 2025 (FI)</t>
+        </is>
+      </c>
       <c r="N90" t="inlineStr">
         <is>
-          <t>Initially accepted in June 2023 (FI)</t>
-[...11 lines deleted...]
-      </c>
+          <t>Planned for 2023 (FI)</t>
+        </is>
+      </c>
+      <c r="O90" t="inlineStr"/>
+      <c r="P90" t="inlineStr"/>
       <c r="Q90" t="inlineStr"/>
       <c r="R90" t="inlineStr"/>
       <c r="S90" t="inlineStr"/>
       <c r="T90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>Finland</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>SMEAR III (Helsinki)</t>
+          <t>SMEAR IV (Kuopio)</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
           <t>Finnish Meteorological Institute (FMI)
-University of Helsinki (UH)</t>
+University of Eastern Finland (UEF)</t>
         </is>
       </c>
       <c r="E91" t="n">
-        <v>60.2</v>
+        <v>62.9</v>
       </c>
       <c r="F91" t="n">
-        <v>24.967</v>
+        <v>27.65</v>
       </c>
       <c r="G91" t="n">
-        <v>26</v>
+        <v>306</v>
       </c>
       <c r="H91" t="inlineStr">
         <is>
-          <t>Leena Järvi</t>
+          <t>Annele Virtanen</t>
         </is>
       </c>
       <c r="I91" t="inlineStr">
         <is>
-          <t>0000-0002-5224-3448</t>
+          <t>0000-0002-2917-5344</t>
         </is>
       </c>
       <c r="J91" t="inlineStr">
         <is>
-          <t>Tuukka Petäjä</t>
-[...4 lines deleted...]
-          <t>0000-0002-1881-9044</t>
+          <t>Mika Komppula</t>
         </is>
       </c>
       <c r="L91" t="inlineStr">
         <is>
-          <t>Initially accepted in April 2025 (FI)</t>
-[...7 lines deleted...]
-      </c>
+          <t>Initially accepted in January 2024 (FI)</t>
+        </is>
+      </c>
+      <c r="M91" t="inlineStr">
+        <is>
+          <t>Submitted in April 2025</t>
+        </is>
+      </c>
+      <c r="N91" t="inlineStr"/>
       <c r="O91" t="inlineStr"/>
       <c r="P91" t="inlineStr"/>
       <c r="Q91" t="inlineStr"/>
       <c r="R91" t="inlineStr"/>
       <c r="S91" t="inlineStr"/>
       <c r="T91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>Finland</t>
+          <t>Bulgaria</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>SMEAR I (Värriö)</t>
+          <t>Sofia (IE-BAS)</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>University of Helsinki (UH)</t>
+          <t>Institute of Electronics</t>
         </is>
       </c>
       <c r="E92" t="n">
-        <v>67.767</v>
+        <v>42.65</v>
       </c>
       <c r="F92" t="n">
-        <v>29.583</v>
+        <v>23.38</v>
       </c>
       <c r="G92" t="n">
-        <v>400</v>
+        <v>590</v>
       </c>
       <c r="H92" t="inlineStr">
         <is>
-          <t>Tuukka Petäjä</t>
+          <t>Tanja Dreischuh</t>
         </is>
       </c>
       <c r="I92" t="inlineStr">
         <is>
-          <t>0000-0002-1881-9044</t>
-[...19 lines deleted...]
-      <c r="O92" t="inlineStr"/>
+          <t>0000-0003-3730-0405</t>
+        </is>
+      </c>
+      <c r="J92" t="inlineStr">
+        <is>
+          <t>Zahari Peshev</t>
+        </is>
+      </c>
+      <c r="L92" t="inlineStr"/>
+      <c r="M92" t="inlineStr"/>
+      <c r="N92" t="inlineStr"/>
+      <c r="O92" t="inlineStr">
+        <is>
+          <t>Initially accepted in June 2024 (BG)</t>
+        </is>
+      </c>
       <c r="P92" t="inlineStr"/>
       <c r="Q92" t="inlineStr"/>
       <c r="R92" t="inlineStr"/>
       <c r="S92" t="inlineStr"/>
       <c r="T92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>Finland</t>
+          <t>Austria</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>SMEAR IV (Kuopio)</t>
+          <t>Sonnblick Observatory (SBO)</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>Finnish Meteorological Institute (FMI)
-University of Eastern Finland (UEF)</t>
+          <t>Bundesanstalt für Geologie, Geophysik, Klimatologie und Meteorologie (GeoSphereAustria)</t>
         </is>
       </c>
       <c r="E93" t="n">
-        <v>62.9</v>
+        <v>47.054</v>
       </c>
       <c r="F93" t="n">
-        <v>27.65</v>
+        <v>12.958</v>
       </c>
       <c r="G93" t="n">
-        <v>306</v>
+        <v>3106</v>
       </c>
       <c r="H93" t="inlineStr">
         <is>
-          <t>Annele Virtanen</t>
+          <t>Elke Ludewig</t>
         </is>
       </c>
       <c r="I93" t="inlineStr">
         <is>
-          <t>0000-0002-2917-5344</t>
-[...6 lines deleted...]
-      </c>
+          <t>0000-0002-0336-4497</t>
+        </is>
+      </c>
+      <c r="J93" t="inlineStr"/>
+      <c r="K93" t="inlineStr"/>
       <c r="L93" t="inlineStr">
         <is>
-          <t>Initially accepted in January 2024 (FI)</t>
+          <t>Initially accepted in January 2024 (AT)</t>
         </is>
       </c>
       <c r="M93" t="inlineStr">
         <is>
-          <t>Submitted in April 2025</t>
+          <t>Initially accepted in September 2025 (AT)</t>
         </is>
       </c>
       <c r="N93" t="inlineStr"/>
       <c r="O93" t="inlineStr"/>
       <c r="P93" t="inlineStr"/>
       <c r="Q93" t="inlineStr"/>
       <c r="R93" t="inlineStr"/>
       <c r="S93" t="inlineStr"/>
       <c r="T93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>Bulgaria</t>
+          <t>Germany</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>Sofia (IE-BAS)</t>
+          <t>South America</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>Institute of Electronics</t>
+          <t>University of Bremen</t>
         </is>
       </c>
       <c r="E94" t="n">
-        <v>42.65</v>
+        <v>-3.727</v>
       </c>
       <c r="F94" t="n">
-        <v>23.38</v>
+        <v>-38.528</v>
       </c>
       <c r="G94" t="n">
-        <v>590</v>
+        <v>7</v>
       </c>
       <c r="H94" t="inlineStr">
         <is>
-          <t>Tanja Dreischuh</t>
+          <t>Mathias Palm</t>
         </is>
       </c>
       <c r="I94" t="inlineStr">
         <is>
-          <t>0000-0003-3730-0405</t>
-[...6 lines deleted...]
-      </c>
+          <t>0000-0001-7191-6911</t>
+        </is>
+      </c>
+      <c r="J94" t="inlineStr"/>
+      <c r="K94" t="inlineStr"/>
       <c r="L94" t="inlineStr"/>
       <c r="M94" t="inlineStr"/>
       <c r="N94" t="inlineStr"/>
-      <c r="O94" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O94" t="inlineStr"/>
       <c r="P94" t="inlineStr"/>
-      <c r="Q94" t="inlineStr"/>
+      <c r="Q94" t="inlineStr">
+        <is>
+          <t>Submitted in January 2026 (DE)</t>
+        </is>
+      </c>
       <c r="R94" t="inlineStr"/>
       <c r="S94" t="inlineStr"/>
       <c r="T94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>Austria</t>
+          <t>Poland</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>Sonnblick Observatory (SBO)</t>
+          <t>Strzyżów (ACTRIS ICOS collocated station)</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>Bundesanstalt für Geologie, Geophysik, Klimatologie und Meteorologie (GeoSphereAustria)</t>
+          <t>University of Warsaw (UW)</t>
         </is>
       </c>
       <c r="E95" t="n">
-        <v>47.054</v>
+        <v>49.879</v>
       </c>
       <c r="F95" t="n">
-        <v>12.958</v>
+        <v>21.861</v>
       </c>
       <c r="G95" t="n">
-        <v>3106</v>
+        <v>444</v>
       </c>
       <c r="H95" t="inlineStr">
         <is>
-          <t>Elke Ludewig</t>
+          <t>Krzysztof Markowicz (Site Coordinator)</t>
         </is>
       </c>
       <c r="I95" t="inlineStr">
         <is>
-          <t>0000-0002-0336-4497</t>
+          <t>0000-0003-4190-0243</t>
         </is>
       </c>
       <c r="J95" t="inlineStr"/>
       <c r="K95" t="inlineStr"/>
-      <c r="L95" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="L95" t="inlineStr"/>
+      <c r="M95" t="inlineStr"/>
       <c r="N95" t="inlineStr"/>
-      <c r="O95" t="inlineStr"/>
+      <c r="O95" t="inlineStr">
+        <is>
+          <t>open</t>
+        </is>
+      </c>
       <c r="P95" t="inlineStr"/>
       <c r="Q95" t="inlineStr"/>
       <c r="R95" t="inlineStr"/>
       <c r="S95" t="inlineStr"/>
       <c r="T95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Czechia</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>South America</t>
+          <t>Suchdol</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>University of Bremen</t>
+          <t>Czech Academy of Sciences, Institute of Chemical Process Fundamentals (ÚCHP AV ČR)</t>
         </is>
       </c>
       <c r="E96" t="n">
-        <v>-3.727</v>
+        <v>50.127</v>
       </c>
       <c r="F96" t="n">
-        <v>-38.528</v>
+        <v>14.385</v>
       </c>
       <c r="G96" t="n">
-        <v>7</v>
+        <v>277</v>
       </c>
       <c r="H96" t="inlineStr">
         <is>
-          <t>Mathias Palm</t>
+          <t>Jakub Ondráček</t>
         </is>
       </c>
       <c r="I96" t="inlineStr">
         <is>
-          <t>0000-0001-7191-6911</t>
+          <t>0000-0003-0629-257X</t>
         </is>
       </c>
       <c r="J96" t="inlineStr"/>
       <c r="K96" t="inlineStr"/>
-      <c r="L96" t="inlineStr"/>
+      <c r="L96" t="inlineStr">
+        <is>
+          <t>Initially accepted in October 2023 (CZ)</t>
+        </is>
+      </c>
       <c r="M96" t="inlineStr"/>
       <c r="N96" t="inlineStr"/>
       <c r="O96" t="inlineStr"/>
       <c r="P96" t="inlineStr"/>
-      <c r="Q96" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="Q96" t="inlineStr"/>
       <c r="R96" t="inlineStr"/>
       <c r="S96" t="inlineStr"/>
       <c r="T96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>Sweden</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>Strzyżów (ACTRIS ICOS collocated station)</t>
+          <t>Svartberget</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>University of Warsaw (UW)</t>
+          <t>Swedish University of Agricultural Sciences (SLU)</t>
         </is>
       </c>
       <c r="E97" t="n">
-        <v>49.879</v>
+        <v>64.25</v>
       </c>
       <c r="F97" t="n">
-        <v>21.861</v>
+        <v>19.767</v>
       </c>
       <c r="G97" t="n">
-        <v>444</v>
+        <v>270</v>
       </c>
       <c r="H97" t="inlineStr">
         <is>
-          <t>Krzysztof Markowicz (Site Coordinator)</t>
+          <t>Mats Nilsson</t>
         </is>
       </c>
       <c r="I97" t="inlineStr">
         <is>
-          <t>0000-0003-4190-0243</t>
+          <t>0000-0003-3765-6399</t>
         </is>
       </c>
       <c r="J97" t="inlineStr"/>
       <c r="K97" t="inlineStr"/>
-      <c r="L97" t="inlineStr"/>
+      <c r="L97" t="inlineStr">
+        <is>
+          <t>Planned for 2023 (SE)</t>
+        </is>
+      </c>
       <c r="M97" t="inlineStr"/>
-      <c r="N97" t="inlineStr"/>
-[...4 lines deleted...]
-      </c>
+      <c r="N97" t="inlineStr">
+        <is>
+          <t>Planned for 2023 (SE)</t>
+        </is>
+      </c>
+      <c r="O97" t="inlineStr"/>
       <c r="P97" t="inlineStr"/>
       <c r="Q97" t="inlineStr"/>
       <c r="R97" t="inlineStr"/>
       <c r="S97" t="inlineStr"/>
       <c r="T97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>Czechia</t>
+          <t>Germany</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>Suchdol</t>
+          <t>Taunus Observatory</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>Czech Academy of Sciences, Institute of Chemical Process Fundamentals (ÚCHP AV ČR)</t>
+          <t>Goethe University Frankfurt</t>
         </is>
       </c>
       <c r="E98" t="n">
-        <v>50.127</v>
+        <v>50.22</v>
       </c>
       <c r="F98" t="n">
-        <v>14.385</v>
+        <v>8.449999999999999</v>
       </c>
       <c r="G98" t="n">
-        <v>277</v>
+        <v>825</v>
       </c>
       <c r="H98" t="inlineStr">
         <is>
-          <t>Jakub Ondráček</t>
+          <t>Andreas Kuerten</t>
         </is>
       </c>
       <c r="I98" t="inlineStr">
         <is>
-          <t>0000-0003-0629-257X</t>
+          <t>0000-0002-8955-4450</t>
         </is>
       </c>
       <c r="J98" t="inlineStr"/>
       <c r="K98" t="inlineStr"/>
       <c r="L98" t="inlineStr">
         <is>
-          <t>Initially accepted in October 2023 (CZ)</t>
+          <t>Initially accepted in December 2024 (DE)</t>
         </is>
       </c>
       <c r="M98" t="inlineStr"/>
-      <c r="N98" t="inlineStr"/>
+      <c r="N98" t="inlineStr">
+        <is>
+          <t>Planned for 2025 (DE)</t>
+        </is>
+      </c>
       <c r="O98" t="inlineStr"/>
       <c r="P98" t="inlineStr"/>
       <c r="Q98" t="inlineStr"/>
       <c r="R98" t="inlineStr"/>
       <c r="S98" t="inlineStr"/>
       <c r="T98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>Sweden</t>
+          <t>Norway</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>Svartberget</t>
+          <t>Trollhaugen</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>Swedish University of Agricultural Sciences (SLU)</t>
+          <t>Norwegian Institute for Air Research (NILU)</t>
         </is>
       </c>
       <c r="E99" t="n">
-        <v>64.25</v>
+        <v>-72.012</v>
       </c>
       <c r="F99" t="n">
-        <v>19.767</v>
+        <v>2.535</v>
       </c>
       <c r="G99" t="n">
-        <v>270</v>
+        <v>1553</v>
       </c>
       <c r="H99" t="inlineStr">
         <is>
-          <t>Mats Nilsson</t>
+          <t>Cathrine Lund Myhre</t>
         </is>
       </c>
       <c r="I99" t="inlineStr">
         <is>
-          <t>0000-0003-3765-6399</t>
-[...3 lines deleted...]
-      <c r="K99" t="inlineStr"/>
+          <t>0000-0003-3587-5926</t>
+        </is>
+      </c>
+      <c r="J99" t="inlineStr">
+        <is>
+          <t>Markus Fiebig</t>
+        </is>
+      </c>
+      <c r="K99" t="inlineStr">
+        <is>
+          <t>0000-0002-3380-3470</t>
+        </is>
+      </c>
       <c r="L99" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>open</t>
         </is>
       </c>
       <c r="M99" t="inlineStr"/>
       <c r="N99" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Planned for 2020 (NO)</t>
         </is>
       </c>
       <c r="O99" t="inlineStr"/>
       <c r="P99" t="inlineStr"/>
       <c r="Q99" t="inlineStr"/>
       <c r="R99" t="inlineStr"/>
       <c r="S99" t="inlineStr"/>
       <c r="T99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>Taunus Observatory</t>
+          <t>Turbulent Leipzig Aerosol Cloud Interaction Simulator (LACIS-T)</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>Observational platform</t>
+          <t>Atmospheric simulation chamber</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>Goethe University Frankfurt</t>
+          <t>Leibniz Institute for Tropospheric Research (TROPOS)</t>
         </is>
       </c>
       <c r="E100" t="n">
-        <v>50.22</v>
+        <v>51.35</v>
       </c>
       <c r="F100" t="n">
-        <v>8.449999999999999</v>
+        <v>12.43</v>
       </c>
       <c r="G100" t="n">
-        <v>825</v>
+        <v>120</v>
       </c>
       <c r="H100" t="inlineStr">
         <is>
-          <t>Andreas Kuerten</t>
+          <t>Dennis Niedermeier</t>
         </is>
       </c>
       <c r="I100" t="inlineStr">
         <is>
-          <t>0000-0002-8955-4450</t>
+          <t>0000-0002-8265-6235</t>
         </is>
       </c>
       <c r="J100" t="inlineStr"/>
       <c r="K100" t="inlineStr"/>
       <c r="L100" t="inlineStr">
         <is>
-          <t>Initially accepted in December 2024 (DE)</t>
-[...7 lines deleted...]
-      </c>
+          <t>Planned for 2022 (DE)</t>
+        </is>
+      </c>
+      <c r="M100" t="inlineStr">
+        <is>
+          <t>Planned for 2022 (DE)</t>
+        </is>
+      </c>
+      <c r="N100" t="inlineStr"/>
       <c r="O100" t="inlineStr"/>
       <c r="P100" t="inlineStr"/>
       <c r="Q100" t="inlineStr"/>
-      <c r="R100" t="inlineStr"/>
+      <c r="R100" t="inlineStr">
+        <is>
+          <t>Planned (DE)</t>
+        </is>
+      </c>
       <c r="S100" t="inlineStr"/>
-      <c r="T100" t="inlineStr"/>
+      <c r="T100" t="inlineStr">
+        <is>
+          <t>Planned (DE)</t>
+        </is>
+      </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>Norway</t>
+          <t>Belgium</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t>Trollhaugen</t>
+          <t>Ukkel</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>Norwegian Institute for Air Research (NILU)</t>
+          <t>Royal Belgian Institute for Space Aeronomy (BIRA)
+Royal Meteorological Institute of Belgium (IRM)</t>
         </is>
       </c>
       <c r="E101" t="n">
-        <v>-72.012</v>
+        <v>50.78</v>
       </c>
       <c r="F101" t="n">
-        <v>2.535</v>
+        <v>4.35</v>
       </c>
       <c r="G101" t="n">
-        <v>1553</v>
+        <v>105</v>
       </c>
       <c r="H101" t="inlineStr">
         <is>
-          <t>Cathrine Lund Myhre</t>
+          <t>Alexander Mangold</t>
         </is>
       </c>
       <c r="I101" t="inlineStr">
         <is>
-          <t>0000-0003-3587-5926</t>
-[...11 lines deleted...]
-      </c>
+          <t>0000-0002-9355-0807</t>
+        </is>
+      </c>
+      <c r="J101" t="inlineStr"/>
+      <c r="K101" t="inlineStr"/>
       <c r="L101" t="inlineStr">
         <is>
-          <t>open</t>
+          <t>Planned for 2023 (BE)</t>
         </is>
       </c>
       <c r="M101" t="inlineStr"/>
-      <c r="N101" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N101" t="inlineStr"/>
       <c r="O101" t="inlineStr"/>
       <c r="P101" t="inlineStr"/>
       <c r="Q101" t="inlineStr"/>
       <c r="R101" t="inlineStr"/>
       <c r="S101" t="inlineStr"/>
       <c r="T101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Italy</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>Turbulent Leipzig Aerosol Cloud Interaction Simulator (LACIS-T)</t>
+          <t>UNIAQ/CETEMPS</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>Atmospheric simulation chamber</t>
+          <t>Observational platform</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>Leibniz Institute for Tropospheric Research (TROPOS)</t>
+          <t>University of L''Aquila</t>
         </is>
       </c>
       <c r="E102" t="n">
-        <v>51.35</v>
+        <v>42.368</v>
       </c>
       <c r="F102" t="n">
-        <v>12.43</v>
+        <v>13.351</v>
       </c>
       <c r="G102" t="n">
-        <v>120</v>
+        <v>656</v>
       </c>
       <c r="H102" t="inlineStr">
         <is>
-          <t>Dennis Niedermeier</t>
+          <t>Vincenzo Rizi</t>
         </is>
       </c>
       <c r="I102" t="inlineStr">
         <is>
-          <t>0000-0002-8265-6235</t>
+          <t>0000-0002-5277-6527</t>
         </is>
       </c>
       <c r="J102" t="inlineStr"/>
       <c r="K102" t="inlineStr"/>
-      <c r="L102" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="L102" t="inlineStr"/>
+      <c r="M102" t="inlineStr"/>
       <c r="N102" t="inlineStr"/>
-      <c r="O102" t="inlineStr"/>
-      <c r="P102" t="inlineStr"/>
+      <c r="O102" t="inlineStr">
+        <is>
+          <t>open</t>
+        </is>
+      </c>
+      <c r="P102" t="inlineStr">
+        <is>
+          <t>Planned for 2022 (IT)</t>
+        </is>
+      </c>
       <c r="Q102" t="inlineStr"/>
-      <c r="R102" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R102" t="inlineStr"/>
       <c r="S102" t="inlineStr"/>
-      <c r="T102" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="T102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>Austria</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Ukkel</t>
+          <t>University Innsbruck (UIBK)</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>Royal Belgian Institute for Space Aeronomy (BIRA)
-Royal Meteorological Institute of Belgium (IRM)</t>
+          <t>Universität Innsbruck</t>
         </is>
       </c>
       <c r="E103" t="n">
-        <v>50.78</v>
+        <v>47.264</v>
       </c>
       <c r="F103" t="n">
-        <v>4.35</v>
+        <v>11.383</v>
       </c>
       <c r="G103" t="n">
-        <v>105</v>
+        <v>616</v>
       </c>
       <c r="H103" t="inlineStr">
         <is>
-          <t>Alexander Mangold</t>
+          <t>Thomas Karl</t>
         </is>
       </c>
       <c r="I103" t="inlineStr">
         <is>
-          <t>0000-0002-9355-0807</t>
+          <t>0000-0003-2869-9426</t>
         </is>
       </c>
       <c r="J103" t="inlineStr"/>
       <c r="K103" t="inlineStr"/>
-      <c r="L103" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L103" t="inlineStr"/>
       <c r="M103" t="inlineStr"/>
-      <c r="N103" t="inlineStr"/>
+      <c r="N103" t="inlineStr">
+        <is>
+          <t>Planned for 2022 (AT)</t>
+        </is>
+      </c>
       <c r="O103" t="inlineStr"/>
       <c r="P103" t="inlineStr"/>
       <c r="Q103" t="inlineStr"/>
       <c r="R103" t="inlineStr"/>
       <c r="S103" t="inlineStr"/>
       <c r="T103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>Italy</t>
+          <t>Austria</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>UNIAQ/CETEMPS</t>
+          <t>University Vienna (UNIVIE)</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>University of L''Aquila</t>
+          <t>University of Vienna</t>
         </is>
       </c>
       <c r="E104" t="n">
-        <v>42.368</v>
+        <v>48.221</v>
       </c>
       <c r="F104" t="n">
-        <v>13.351</v>
+        <v>16.356</v>
       </c>
       <c r="G104" t="n">
-        <v>656</v>
+        <v>185</v>
       </c>
       <c r="H104" t="inlineStr">
         <is>
-          <t>Vincenzo Rizi</t>
+          <t>Bernadett Weinzierl</t>
         </is>
       </c>
       <c r="I104" t="inlineStr">
         <is>
-          <t>0000-0002-5277-6527</t>
+          <t>0000-0003-4555-5686</t>
         </is>
       </c>
       <c r="J104" t="inlineStr"/>
       <c r="K104" t="inlineStr"/>
-      <c r="L104" t="inlineStr"/>
+      <c r="L104" t="inlineStr">
+        <is>
+          <t>open</t>
+        </is>
+      </c>
       <c r="M104" t="inlineStr"/>
       <c r="N104" t="inlineStr"/>
-      <c r="O104" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="O104" t="inlineStr"/>
+      <c r="P104" t="inlineStr"/>
       <c r="Q104" t="inlineStr"/>
       <c r="R104" t="inlineStr"/>
       <c r="S104" t="inlineStr"/>
       <c r="T104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>Austria</t>
+          <t>Finland</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>University Innsbruck (UIBK)</t>
+          <t>Unmanned Aerial vehicle (UAV)</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>Observational platform</t>
+          <t>Mobile platform</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>Universität Innsbruck</t>
+          <t>Finnish Meteorological Institute (FMI)</t>
         </is>
       </c>
       <c r="E105" t="n">
-        <v>47.264</v>
+        <v>60.2</v>
       </c>
       <c r="F105" t="n">
-        <v>11.383</v>
-[...2 lines deleted...]
-        <v>616</v>
+        <v>24.95</v>
       </c>
       <c r="H105" t="inlineStr">
         <is>
-          <t>Thomas Karl</t>
+          <t>David Brus</t>
         </is>
       </c>
       <c r="I105" t="inlineStr">
         <is>
-          <t>0000-0003-2869-9426</t>
+          <t>0000-0002-8766-7873</t>
         </is>
       </c>
       <c r="J105" t="inlineStr"/>
       <c r="K105" t="inlineStr"/>
-      <c r="L105" t="inlineStr"/>
-[...5 lines deleted...]
-      </c>
+      <c r="L105" t="inlineStr">
+        <is>
+          <t>Planned for 2021 (FI)</t>
+        </is>
+      </c>
+      <c r="M105" t="inlineStr">
+        <is>
+          <t>Planned for 2024 (FI)</t>
+        </is>
+      </c>
+      <c r="N105" t="inlineStr"/>
       <c r="O105" t="inlineStr"/>
       <c r="P105" t="inlineStr"/>
       <c r="Q105" t="inlineStr"/>
       <c r="R105" t="inlineStr"/>
-      <c r="S105" t="inlineStr"/>
-      <c r="T105" t="inlineStr"/>
+      <c r="S105" t="inlineStr">
+        <is>
+          <t>Planned (FI)</t>
+        </is>
+      </c>
+      <c r="T105" t="inlineStr">
+        <is>
+          <t>Planned (FI)</t>
+        </is>
+      </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>Austria</t>
+          <t>Cyprus</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>University Vienna (UNIVIE)</t>
+          <t>Unmanned Systems Research Laboratory (USRL)</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>Observational platform</t>
+          <t>Mobile platform</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>University of Vienna</t>
+          <t>The Cyprus Institute (CyI)</t>
         </is>
       </c>
       <c r="E106" t="n">
-        <v>48.221</v>
+        <v>35.128</v>
       </c>
       <c r="F106" t="n">
-        <v>16.356</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>33.082</v>
       </c>
       <c r="H106" t="inlineStr">
         <is>
-          <t>Bernadett Weinzierl</t>
+          <t>Jan Sciare</t>
         </is>
       </c>
       <c r="I106" t="inlineStr">
         <is>
-          <t>0000-0003-4555-5686</t>
+          <t>0000-0002-9908-6718</t>
         </is>
       </c>
       <c r="J106" t="inlineStr"/>
       <c r="K106" t="inlineStr"/>
       <c r="L106" t="inlineStr">
         <is>
-          <t>open</t>
+          <t>Planned for 2021 (CY)</t>
         </is>
       </c>
       <c r="M106" t="inlineStr"/>
       <c r="N106" t="inlineStr"/>
       <c r="O106" t="inlineStr"/>
       <c r="P106" t="inlineStr"/>
       <c r="Q106" t="inlineStr"/>
       <c r="R106" t="inlineStr"/>
-      <c r="S106" t="inlineStr"/>
-      <c r="T106" t="inlineStr"/>
+      <c r="S106" t="inlineStr">
+        <is>
+          <t>Planned (CY)</t>
+        </is>
+      </c>
+      <c r="T106" t="inlineStr">
+        <is>
+          <t>Planned (CY)</t>
+        </is>
+      </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>Finland</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>Unmanned Aerial vehicle (UAV)</t>
+          <t>Utö Baltic Sea</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>Mobile platform</t>
+          <t>Observational platform</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
           <t>Finnish Meteorological Institute (FMI)</t>
         </is>
       </c>
       <c r="E107" t="n">
-        <v>60.2</v>
+        <v>59.778</v>
       </c>
       <c r="F107" t="n">
-        <v>24.95</v>
+        <v>21.375</v>
+      </c>
+      <c r="G107" t="n">
+        <v>7</v>
       </c>
       <c r="H107" t="inlineStr">
         <is>
-          <t>David Brus</t>
+          <t>Antti Hyvärinen</t>
         </is>
       </c>
       <c r="I107" t="inlineStr">
         <is>
-          <t>0000-0002-8766-7873</t>
+          <t>0000-0001-6672-5109</t>
         </is>
       </c>
       <c r="J107" t="inlineStr"/>
       <c r="K107" t="inlineStr"/>
       <c r="L107" t="inlineStr">
         <is>
-          <t>draft</t>
-[...6 lines deleted...]
-      </c>
+          <t>Initially accepted in April 2025 (FI)</t>
+        </is>
+      </c>
+      <c r="M107" t="inlineStr"/>
       <c r="N107" t="inlineStr"/>
       <c r="O107" t="inlineStr"/>
       <c r="P107" t="inlineStr"/>
       <c r="Q107" t="inlineStr"/>
       <c r="R107" t="inlineStr"/>
-      <c r="S107" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="S107" t="inlineStr"/>
+      <c r="T107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>Cyprus</t>
+          <t>Belgium</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Unmanned Systems Research Laboratory (USRL)</t>
+          <t>Vielsalm</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>Mobile platform</t>
+          <t>Observational platform</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>The Cyprus Institute (CyI)</t>
+          <t>Institut Scientifique de Service Public (ISSeP)
+Royal Belgian Institute for Space Aeronomy (BIRA)
+University of Liège</t>
         </is>
       </c>
       <c r="E108" t="n">
-        <v>35.128</v>
+        <v>50.27</v>
       </c>
       <c r="F108" t="n">
-        <v>33.082</v>
+        <v>5.9</v>
+      </c>
+      <c r="G108" t="n">
+        <v>494</v>
       </c>
       <c r="H108" t="inlineStr">
         <is>
-          <t>Jan Sciare</t>
+          <t>Benjamin Bergmans</t>
         </is>
       </c>
       <c r="I108" t="inlineStr">
         <is>
-          <t>0000-0002-9908-6718</t>
+          <t>0000-0002-4324-449X</t>
         </is>
       </c>
       <c r="J108" t="inlineStr"/>
       <c r="K108" t="inlineStr"/>
       <c r="L108" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Initially accepted in January 2024 (BE)</t>
         </is>
       </c>
       <c r="M108" t="inlineStr"/>
-      <c r="N108" t="inlineStr"/>
+      <c r="N108" t="inlineStr">
+        <is>
+          <t>Planned for 2021 (BE)</t>
+        </is>
+      </c>
       <c r="O108" t="inlineStr"/>
       <c r="P108" t="inlineStr"/>
       <c r="Q108" t="inlineStr"/>
       <c r="R108" t="inlineStr"/>
-      <c r="S108" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="S108" t="inlineStr"/>
+      <c r="T108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>Finland</t>
+          <t>Denmark</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>Utö Baltic Sea</t>
+          <t>Villum Research Station</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>Finnish Meteorological Institute (FMI)</t>
+          <t>Aarhus University (AU)</t>
         </is>
       </c>
       <c r="E109" t="n">
-        <v>59.778</v>
+        <v>81.59999999999999</v>
       </c>
       <c r="F109" t="n">
-        <v>21.375</v>
+        <v>-16.7</v>
       </c>
       <c r="G109" t="n">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="H109" t="inlineStr">
         <is>
-          <t>Antti Hyvärinen</t>
+          <t>Lise Lotte Sørensen</t>
         </is>
       </c>
       <c r="I109" t="inlineStr">
         <is>
-          <t>0000-0001-6672-5109</t>
+          <t>0000-0002-9823-589X</t>
         </is>
       </c>
       <c r="J109" t="inlineStr"/>
       <c r="K109" t="inlineStr"/>
       <c r="L109" t="inlineStr">
         <is>
-          <t>Initially accepted in April 2025 (FI)</t>
+          <t>Labelling opened (DK)</t>
         </is>
       </c>
       <c r="M109" t="inlineStr"/>
       <c r="N109" t="inlineStr"/>
       <c r="O109" t="inlineStr"/>
       <c r="P109" t="inlineStr"/>
       <c r="Q109" t="inlineStr"/>
       <c r="R109" t="inlineStr"/>
       <c r="S109" t="inlineStr"/>
       <c r="T109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>Germany</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t>Vielsalm</t>
+          <t>Waldhof</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>Institut Scientifique de Service Public (ISSeP)
-[...1 lines deleted...]
-University of Liège</t>
+          <t>German Federal Environment Agency (UBA)</t>
         </is>
       </c>
       <c r="E110" t="n">
-        <v>50.27</v>
+        <v>52.801</v>
       </c>
       <c r="F110" t="n">
-        <v>5.9</v>
+        <v>10.757</v>
       </c>
       <c r="G110" t="n">
-        <v>494</v>
+        <v>74</v>
       </c>
       <c r="H110" t="inlineStr">
         <is>
-          <t>Benjamin Bergmans</t>
+          <t>Bryan Hellack</t>
         </is>
       </c>
       <c r="I110" t="inlineStr">
         <is>
-          <t>0000-0002-4324-449X</t>
-[...3 lines deleted...]
-      <c r="K110" t="inlineStr"/>
+          <t>0000-0003-2398-982X</t>
+        </is>
+      </c>
+      <c r="J110" t="inlineStr">
+        <is>
+          <t>Michael Elsasser</t>
+        </is>
+      </c>
       <c r="L110" t="inlineStr">
         <is>
-          <t>Initially accepted in January 2024 (BE)</t>
+          <t>Initially accepted in September 2024 (DE)</t>
         </is>
       </c>
       <c r="M110" t="inlineStr"/>
       <c r="N110" t="inlineStr">
         <is>
-          <t>draft</t>
+          <t>Submitted in March 2025</t>
         </is>
       </c>
       <c r="O110" t="inlineStr"/>
       <c r="P110" t="inlineStr"/>
       <c r="Q110" t="inlineStr"/>
       <c r="R110" t="inlineStr"/>
       <c r="S110" t="inlineStr"/>
       <c r="T110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>Denmark</t>
+          <t>Poland</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>Villum Research Station</t>
+          <t>Warsaw</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>Aarhus University (AU)</t>
+          <t>University of Warsaw (UW)</t>
         </is>
       </c>
       <c r="E111" t="n">
-        <v>81.59999999999999</v>
+        <v>52.211</v>
       </c>
       <c r="F111" t="n">
-        <v>-16.7</v>
+        <v>20.983</v>
       </c>
       <c r="G111" t="n">
-        <v>24</v>
+        <v>112</v>
       </c>
       <c r="H111" t="inlineStr">
         <is>
-          <t>Lise Lotte Sørensen</t>
+          <t>Iwona Stachlewska</t>
         </is>
       </c>
       <c r="I111" t="inlineStr">
         <is>
-          <t>0000-0002-9823-589X</t>
-[...8 lines deleted...]
-      </c>
+          <t>0000-0002-3890-2953</t>
+        </is>
+      </c>
+      <c r="J111" t="inlineStr">
+        <is>
+          <t>Dominika Szczepanik (ARS component)</t>
+        </is>
+      </c>
+      <c r="K111" t="inlineStr">
+        <is>
+          <t>0000-0002-2933-2186</t>
+        </is>
+      </c>
+      <c r="L111" t="inlineStr"/>
       <c r="M111" t="inlineStr"/>
       <c r="N111" t="inlineStr"/>
-      <c r="O111" t="inlineStr"/>
-      <c r="P111" t="inlineStr"/>
+      <c r="O111" t="inlineStr">
+        <is>
+          <t>Labelled (PL)</t>
+        </is>
+      </c>
+      <c r="P111" t="inlineStr">
+        <is>
+          <t>open</t>
+        </is>
+      </c>
       <c r="Q111" t="inlineStr"/>
       <c r="R111" t="inlineStr"/>
       <c r="S111" t="inlineStr"/>
       <c r="T111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Poland</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t>Waldhof</t>
+          <t>Wrocław</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>German Federal Environment Agency (UBA)</t>
+          <t>University of Wrocław (UW)</t>
         </is>
       </c>
       <c r="E112" t="n">
-        <v>52.801</v>
+        <v>51.114</v>
       </c>
       <c r="F112" t="n">
-        <v>10.757</v>
+        <v>17.035</v>
       </c>
       <c r="G112" t="n">
-        <v>74</v>
+        <v>120</v>
       </c>
       <c r="H112" t="inlineStr">
         <is>
-          <t>Bryan Hellack</t>
-[...4 lines deleted...]
-          <t>0000-0003-2398-982X</t>
+          <t>Anetta Drzenicka-Osiadacz</t>
         </is>
       </c>
       <c r="J112" t="inlineStr">
         <is>
-          <t>Michael Elsasser</t>
+          <t>Tymoteusz Sawiński</t>
         </is>
       </c>
       <c r="L112" t="inlineStr">
         <is>
-          <t>Initially accepted in September 2024 (DE)</t>
+          <t>Initially accepted in November 2024 (PL)</t>
         </is>
       </c>
       <c r="M112" t="inlineStr"/>
-      <c r="N112" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O112" t="inlineStr"/>
+      <c r="N112" t="inlineStr"/>
+      <c r="O112" t="inlineStr">
+        <is>
+          <t>Planned for 2026 (PL)</t>
+        </is>
+      </c>
       <c r="P112" t="inlineStr"/>
       <c r="Q112" t="inlineStr"/>
       <c r="R112" t="inlineStr"/>
       <c r="S112" t="inlineStr"/>
       <c r="T112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>Norway, Sweden</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>Warsaw</t>
+          <t>Zeppelin</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>Observational platform</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>University of Warsaw (UW)</t>
+          <t>Norwegian Institute for Air Research (NILU)
+Norwegian Polar Institute
+Stockholm University</t>
         </is>
       </c>
       <c r="E113" t="n">
-        <v>52.211</v>
+        <v>78.907</v>
       </c>
       <c r="F113" t="n">
-        <v>20.983</v>
+        <v>11.889</v>
       </c>
       <c r="G113" t="n">
-        <v>112</v>
+        <v>475</v>
       </c>
       <c r="H113" t="inlineStr">
         <is>
-          <t>Iwona Stachlewska</t>
+          <t>Chris Lunder</t>
         </is>
       </c>
       <c r="I113" t="inlineStr">
         <is>
-          <t>0000-0002-3890-2953</t>
+          <t>0000-0002-7663-3192</t>
         </is>
       </c>
       <c r="J113" t="inlineStr">
         <is>
-          <t>Dominika Szczepanik (ARS component)</t>
-[...19 lines deleted...]
-      </c>
+          <t>Dorothea Schulze</t>
+        </is>
+      </c>
+      <c r="L113" t="inlineStr">
+        <is>
+          <t>Submitted in November 2022</t>
+        </is>
+      </c>
+      <c r="M113" t="inlineStr">
+        <is>
+          <t>Planned (NO, SE)</t>
+        </is>
+      </c>
+      <c r="N113" t="inlineStr">
+        <is>
+          <t>Submitted in September 2023</t>
+        </is>
+      </c>
+      <c r="O113" t="inlineStr"/>
+      <c r="P113" t="inlineStr"/>
       <c r="Q113" t="inlineStr"/>
       <c r="R113" t="inlineStr"/>
       <c r="S113" t="inlineStr"/>
       <c r="T113" t="inlineStr"/>
-    </row>
-[...184 lines deleted...]
-      <c r="T116" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <tableParts count="1">
     <tablePart xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>